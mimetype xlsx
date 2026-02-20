--- v0 (2025-10-07)
+++ v1 (2026-02-20)
@@ -428,54 +428,54 @@
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>Бузурходжаев Раимжан</t>
   </si>
   <si>
     <t>Трубникова Алла</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>МС</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>МСМК</t>
   </si>
   <si>
+    <t>1р</t>
+  </si>
+  <si>
     <t>КМС</t>
-  </si>
-[...1 lines deleted...]
-    <t>1р</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Жамбылская область</t>
   </si>
   <si>
     <t>Шымкент</t>
   </si>
   <si>
     <t>Алматинская область</t>
   </si>
   <si>
     <t>Кызылординская область</t>
   </si>
   <si>
     <t>область Абай</t>
   </si>
   <si>
     <t>Акмолинская область</t>
   </si>
   <si>
     <t>Туркестанская область</t>
   </si>
@@ -1253,51 +1253,51 @@
       </c>
       <c r="C21" s="8">
         <v>1987</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>136</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>142</v>
       </c>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>30</v>
       </c>
       <c r="C22" s="8">
         <v>1981</v>
       </c>
       <c r="D22" s="8" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>142</v>
       </c>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="9" t="s">
         <v>31</v>
       </c>
       <c r="C23" s="8"/>
       <c r="D23" s="8" t="s">
         <v>136</v>
       </c>
       <c r="E23" s="9" t="s">
         <v>145</v>
       </c>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
@@ -1369,51 +1369,51 @@
       </c>
       <c r="C27" s="8">
         <v>1997</v>
       </c>
       <c r="D27" s="8" t="s">
         <v>136</v>
       </c>
       <c r="E27" s="9" t="s">
         <v>142</v>
       </c>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B28" s="9" t="s">
         <v>36</v>
       </c>
       <c r="C28" s="8">
         <v>1981</v>
       </c>
       <c r="D28" s="8" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>142</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>37</v>
       </c>
       <c r="C29" s="8">
         <v>1984</v>
       </c>
       <c r="D29" s="8" t="s">
         <v>136</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>142</v>
       </c>
       <c r="F29" s="1"/>
@@ -1743,51 +1743,51 @@
       </c>
       <c r="C46" s="8">
         <v>1984</v>
       </c>
       <c r="D46" s="8" t="s">
         <v>136</v>
       </c>
       <c r="E46" s="9" t="s">
         <v>142</v>
       </c>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="1"/>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B47" s="9" t="s">
         <v>55</v>
       </c>
       <c r="C47" s="8">
         <v>2006</v>
       </c>
       <c r="D47" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="E47" s="9" t="s">
         <v>145</v>
       </c>
       <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B48" s="9" t="s">
         <v>56</v>
       </c>
       <c r="C48" s="8">
         <v>1988</v>
       </c>
       <c r="D48" s="8" t="s">
         <v>136</v>
       </c>
       <c r="E48" s="9" t="s">
         <v>142</v>
       </c>
       <c r="F48" s="1"/>
@@ -2157,71 +2157,71 @@
       </c>
       <c r="C67" s="8">
         <v>1978</v>
       </c>
       <c r="D67" s="8" t="s">
         <v>136</v>
       </c>
       <c r="E67" s="9" t="s">
         <v>142</v>
       </c>
       <c r="F67" s="1"/>
       <c r="G67" s="1"/>
       <c r="H67" s="1"/>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B68" s="9" t="s">
         <v>76</v>
       </c>
       <c r="C68" s="8">
         <v>1985</v>
       </c>
       <c r="D68" s="8" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E68" s="9" t="s">
         <v>146</v>
       </c>
       <c r="F68" s="1"/>
       <c r="G68" s="1"/>
       <c r="H68" s="1"/>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B69" s="9" t="s">
         <v>77</v>
       </c>
       <c r="C69" s="8">
         <v>1992</v>
       </c>
       <c r="D69" s="8" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E69" s="9" t="s">
         <v>143</v>
       </c>
       <c r="F69" s="1"/>
       <c r="G69" s="1"/>
       <c r="H69" s="1"/>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B70" s="9" t="s">
         <v>78</v>
       </c>
       <c r="C70" s="8"/>
       <c r="D70" s="8" t="s">
         <v>136</v>
       </c>
       <c r="E70" s="9" t="s">
         <v>150</v>
       </c>
       <c r="F70" s="1"/>
       <c r="G70" s="1"/>
       <c r="H70" s="1"/>
@@ -2491,51 +2491,51 @@
       </c>
       <c r="C84" s="8">
         <v>1986</v>
       </c>
       <c r="D84" s="8" t="s">
         <v>136</v>
       </c>
       <c r="E84" s="9" t="s">
         <v>147</v>
       </c>
       <c r="F84" s="1"/>
       <c r="G84" s="1"/>
       <c r="H84" s="1"/>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B85" s="9" t="s">
         <v>93</v>
       </c>
       <c r="C85" s="8">
         <v>2009</v>
       </c>
       <c r="D85" s="8" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E85" s="9" t="s">
         <v>144</v>
       </c>
       <c r="F85" s="1"/>
       <c r="G85" s="1"/>
       <c r="H85" s="1"/>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B86" s="9" t="s">
         <v>94</v>
       </c>
       <c r="C86" s="8">
         <v>1989</v>
       </c>
       <c r="D86" s="8" t="s">
         <v>136</v>
       </c>
       <c r="E86" s="9" t="s">
         <v>147</v>
       </c>
       <c r="F86" s="1"/>
@@ -2805,91 +2805,91 @@
       </c>
       <c r="C100" s="8">
         <v>1986</v>
       </c>
       <c r="D100" s="8" t="s">
         <v>136</v>
       </c>
       <c r="E100" s="9" t="s">
         <v>147</v>
       </c>
       <c r="F100" s="1"/>
       <c r="G100" s="1"/>
       <c r="H100" s="1"/>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B101" s="9" t="s">
         <v>109</v>
       </c>
       <c r="C101" s="8">
         <v>2006</v>
       </c>
       <c r="D101" s="8" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E101" s="9" t="s">
         <v>143</v>
       </c>
       <c r="F101" s="1"/>
       <c r="G101" s="1"/>
       <c r="H101" s="1"/>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B102" s="9" t="s">
         <v>110</v>
       </c>
       <c r="C102" s="8">
         <v>1992</v>
       </c>
       <c r="D102" s="8" t="s">
         <v>136</v>
       </c>
       <c r="E102" s="9" t="s">
         <v>143</v>
       </c>
       <c r="F102" s="1"/>
       <c r="G102" s="1"/>
       <c r="H102" s="1"/>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B103" s="9" t="s">
         <v>111</v>
       </c>
       <c r="C103" s="8">
         <v>1982</v>
       </c>
       <c r="D103" s="8" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E103" s="9" t="s">
         <v>145</v>
       </c>
       <c r="F103" s="1"/>
       <c r="G103" s="1"/>
       <c r="H103" s="1"/>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B104" s="9" t="s">
         <v>112</v>
       </c>
       <c r="C104" s="8">
         <v>2010</v>
       </c>
       <c r="D104" s="8" t="s">
         <v>136</v>
       </c>
       <c r="E104" s="9" t="s">
         <v>149</v>
       </c>
       <c r="F104" s="1"/>