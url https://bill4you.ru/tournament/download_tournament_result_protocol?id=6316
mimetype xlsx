--- v0 (2025-10-04)
+++ v1 (2025-12-08)
@@ -720,51 +720,53 @@
         <v>6</v>
       </c>
       <c r="B12" s="9" t="s">
         <v>16</v>
       </c>
       <c r="C12" s="8">
         <v>1960</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>32</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>34</v>
       </c>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="9" t="s">
         <v>17</v>
       </c>
-      <c r="C13" s="8"/>
+      <c r="C13" s="8">
+        <v>1974</v>
+      </c>
       <c r="D13" s="8" t="s">
         <v>32</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>34</v>
       </c>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>18</v>
       </c>
       <c r="C14" s="8">
         <v>1975</v>
       </c>
       <c r="D14" s="8" t="s">
         <v>32</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>34</v>