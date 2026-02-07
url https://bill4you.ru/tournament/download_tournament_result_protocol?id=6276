--- v0 (2025-10-22)
+++ v1 (2026-02-07)
@@ -954,51 +954,51 @@
       <c r="B14" s="9" t="s">
         <v>22</v>
       </c>
       <c r="C14" s="8"/>
       <c r="D14" s="8" t="s">
         <v>97</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>100</v>
       </c>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="9" t="s">
         <v>23</v>
       </c>
       <c r="C15" s="8">
         <v>1993</v>
       </c>
       <c r="D15" s="8" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>100</v>
       </c>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="9" t="s">
         <v>24</v>
       </c>
       <c r="C16" s="8"/>
       <c r="D16" s="8" t="s">
         <v>97</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>100</v>
       </c>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
@@ -1238,53 +1238,55 @@
         <v>8</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>37</v>
       </c>
       <c r="C29" s="8">
         <v>1992</v>
       </c>
       <c r="D29" s="8" t="s">
         <v>97</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>100</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B30" s="9" t="s">
         <v>38</v>
       </c>
-      <c r="C30" s="8"/>
+      <c r="C30" s="8">
+        <v>1986</v>
+      </c>
       <c r="D30" s="8" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>100</v>
       </c>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C31" s="8"/>
       <c r="D31" s="8" t="s">
         <v>97</v>
       </c>
       <c r="E31" s="9" t="s">
         <v>100</v>
       </c>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
@@ -1620,51 +1622,51 @@
       <c r="B49" s="9" t="s">
         <v>57</v>
       </c>
       <c r="C49" s="8"/>
       <c r="D49" s="8" t="s">
         <v>97</v>
       </c>
       <c r="E49" s="9" t="s">
         <v>100</v>
       </c>
       <c r="F49" s="1"/>
       <c r="G49" s="1"/>
       <c r="H49" s="1"/>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B50" s="9" t="s">
         <v>58</v>
       </c>
       <c r="C50" s="8">
         <v>1980</v>
       </c>
       <c r="D50" s="8" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="E50" s="9" t="s">
         <v>100</v>
       </c>
       <c r="F50" s="1"/>
       <c r="G50" s="1"/>
       <c r="H50" s="1"/>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B51" s="9" t="s">
         <v>59</v>
       </c>
       <c r="C51" s="8"/>
       <c r="D51" s="8" t="s">
         <v>97</v>
       </c>
       <c r="E51" s="9" t="s">
         <v>100</v>
       </c>
       <c r="F51" s="1"/>
       <c r="G51" s="1"/>
       <c r="H51" s="1"/>