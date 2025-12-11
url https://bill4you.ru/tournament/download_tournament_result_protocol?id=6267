--- v0 (2025-10-23)
+++ v1 (2025-12-11)
@@ -1281,51 +1281,51 @@
       </c>
       <c r="B35" s="9" t="s">
         <v>42</v>
       </c>
       <c r="C35" s="8">
         <v>2014</v>
       </c>
       <c r="D35" s="8" t="s">
         <v>65</v>
       </c>
       <c r="E35" s="9" t="s">
         <v>67</v>
       </c>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B36" s="9" t="s">
         <v>43</v>
       </c>
       <c r="C36" s="8">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="D36" s="8" t="s">
         <v>63</v>
       </c>
       <c r="E36" s="9" t="s">
         <v>68</v>
       </c>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B37" s="9" t="s">
         <v>44</v>
       </c>
       <c r="C37" s="8">
         <v>2013</v>
       </c>
       <c r="D37" s="8" t="s">
         <v>65</v>
       </c>
       <c r="E37" s="9" t="s">
@@ -1436,55 +1436,59 @@
         <v>10</v>
       </c>
       <c r="B43" s="9" t="s">
         <v>50</v>
       </c>
       <c r="C43" s="8">
         <v>2011</v>
       </c>
       <c r="D43" s="8" t="s">
         <v>65</v>
       </c>
       <c r="E43" s="9" t="s">
         <v>67</v>
       </c>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B44" s="9" t="s">
         <v>51</v>
       </c>
-      <c r="C44" s="8"/>
+      <c r="C44" s="8">
+        <v>2015</v>
+      </c>
       <c r="D44" s="8" t="s">
         <v>65</v>
       </c>
-      <c r="E44" s="9"/>
+      <c r="E44" s="9" t="s">
+        <v>67</v>
+      </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B45" s="9" t="s">
         <v>52</v>
       </c>
       <c r="C45" s="8">
         <v>2014</v>
       </c>
       <c r="D45" s="8" t="s">
         <v>65</v>
       </c>
       <c r="E45" s="9" t="s">
         <v>67</v>
       </c>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
     </row>
     <row r="46" spans="1:8">