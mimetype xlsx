--- v0 (2025-10-05)
+++ v1 (2025-12-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
   <si>
     <t>Федерация бильярдного спорта России</t>
   </si>
   <si>
     <t>Кубок России «Пул». Мужчины. 3 этап</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>15.03.2025, "Дворец бильярдного спорта", Россия, Москва, Волгоградский пр-т,  46/15,  стр.16</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
@@ -161,51 +161,51 @@
   <si>
     <t>Наон Юрий</t>
   </si>
   <si>
     <t>Перов Семён</t>
   </si>
   <si>
     <t>Подерин Федор</t>
   </si>
   <si>
     <t>Садовник Дмитрий</t>
   </si>
   <si>
     <t>Ткач Олег</t>
   </si>
   <si>
     <t>Шалагин Максим</t>
   </si>
   <si>
     <t>Шестаков Михаил</t>
   </si>
   <si>
     <t>Алексеев Артем</t>
   </si>
   <si>
-    <t>Богдан Рафаэль</t>
+    <t>Богдан Рафаэл</t>
   </si>
   <si>
     <t>Воронин Павел</t>
   </si>
   <si>
     <t>Воронько Даниил</t>
   </si>
   <si>
     <t>Жегалов Александр</t>
   </si>
   <si>
     <t>Коленников Артем</t>
   </si>
   <si>
     <t>Котов Михаил</t>
   </si>
   <si>
     <t>Манчак Дмитрий</t>
   </si>
   <si>
     <t>Просс Илья</t>
   </si>
   <si>
     <t>Процышак Сергей</t>
   </si>
@@ -275,66 +275,63 @@
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>2р</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>Санкт-Петербург</t>
   </si>
   <si>
     <t>Московская область</t>
   </si>
   <si>
     <t>Минск</t>
   </si>
   <si>
-    <t>Тель-Авивский округ</t>
-[...1 lines deleted...]
-  <si>
     <t>Нижегородская область</t>
   </si>
   <si>
     <t>Калужская область</t>
   </si>
   <si>
     <t>Свердловская область</t>
   </si>
   <si>
     <t>Севастополь</t>
   </si>
   <si>
-    <t>Республика Татарстан</t>
+    <t>Республика Татарстан (Татарстан)</t>
   </si>
   <si>
     <t>Калининградская область</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1182,51 +1179,51 @@
       </c>
       <c r="D26" s="8" t="s">
         <v>76</v>
       </c>
       <c r="E26" s="9" t="s">
         <v>83</v>
       </c>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="1"/>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B27" s="9" t="s">
         <v>35</v>
       </c>
       <c r="C27" s="8">
         <v>1976</v>
       </c>
       <c r="D27" s="8" t="s">
         <v>78</v>
       </c>
       <c r="E27" s="9" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B28" s="9" t="s">
         <v>36</v>
       </c>
       <c r="C28" s="8">
         <v>2005</v>
       </c>
       <c r="D28" s="8" t="s">
         <v>80</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>83</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
@@ -1262,51 +1259,51 @@
       </c>
       <c r="D30" s="8" t="s">
         <v>78</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>83</v>
       </c>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C31" s="8">
         <v>1989</v>
       </c>
       <c r="D31" s="8" t="s">
         <v>80</v>
       </c>
       <c r="E31" s="9" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B32" s="9" t="s">
         <v>40</v>
       </c>
       <c r="C32" s="8">
         <v>2010</v>
       </c>
       <c r="D32" s="8" t="s">
         <v>79</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>84</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
     </row>
@@ -1322,91 +1319,91 @@
       </c>
       <c r="D33" s="8" t="s">
         <v>80</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>83</v>
       </c>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B34" s="9" t="s">
         <v>42</v>
       </c>
       <c r="C34" s="8">
         <v>2001</v>
       </c>
       <c r="D34" s="8" t="s">
         <v>78</v>
       </c>
       <c r="E34" s="9" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B35" s="9" t="s">
         <v>43</v>
       </c>
       <c r="C35" s="8">
         <v>2010</v>
       </c>
       <c r="D35" s="8" t="s">
         <v>78</v>
       </c>
       <c r="E35" s="9" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B36" s="9" t="s">
         <v>44</v>
       </c>
       <c r="C36" s="8">
         <v>1988</v>
       </c>
       <c r="D36" s="8" t="s">
         <v>80</v>
       </c>
       <c r="E36" s="9" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B37" s="9" t="s">
         <v>45</v>
       </c>
       <c r="C37" s="8">
         <v>1976</v>
       </c>
       <c r="D37" s="8" t="s">
         <v>80</v>
       </c>
       <c r="E37" s="9" t="s">
         <v>83</v>
       </c>
       <c r="F37" s="1"/>
       <c r="G37" s="1"/>
       <c r="H37" s="1"/>
     </row>
@@ -1522,51 +1519,51 @@
       </c>
       <c r="D43" s="8" t="s">
         <v>79</v>
       </c>
       <c r="E43" s="9" t="s">
         <v>86</v>
       </c>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B44" s="9" t="s">
         <v>52</v>
       </c>
       <c r="C44" s="8">
         <v>2008</v>
       </c>
       <c r="D44" s="8" t="s">
         <v>78</v>
       </c>
       <c r="E44" s="9" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B45" s="9" t="s">
         <v>53</v>
       </c>
       <c r="C45" s="8">
         <v>2007</v>
       </c>
       <c r="D45" s="8" t="s">
         <v>78</v>
       </c>
       <c r="E45" s="9" t="s">
         <v>86</v>
       </c>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
     </row>
@@ -1742,51 +1739,51 @@
       </c>
       <c r="D54" s="8" t="s">
         <v>80</v>
       </c>
       <c r="E54" s="9" t="s">
         <v>83</v>
       </c>
       <c r="F54" s="1"/>
       <c r="G54" s="1"/>
       <c r="H54" s="1"/>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B55" s="9" t="s">
         <v>63</v>
       </c>
       <c r="C55" s="8">
         <v>1995</v>
       </c>
       <c r="D55" s="8" t="s">
         <v>78</v>
       </c>
       <c r="E55" s="9" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="F55" s="1"/>
       <c r="G55" s="1"/>
       <c r="H55" s="1"/>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B56" s="9" t="s">
         <v>64</v>
       </c>
       <c r="C56" s="8">
         <v>2014</v>
       </c>
       <c r="D56" s="8" t="s">
         <v>80</v>
       </c>
       <c r="E56" s="9" t="s">
         <v>83</v>
       </c>
       <c r="F56" s="1"/>
       <c r="G56" s="1"/>
       <c r="H56" s="1"/>
     </row>
@@ -1802,51 +1799,51 @@
       </c>
       <c r="D57" s="8" t="s">
         <v>79</v>
       </c>
       <c r="E57" s="9" t="s">
         <v>83</v>
       </c>
       <c r="F57" s="1"/>
       <c r="G57" s="1"/>
       <c r="H57" s="1"/>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B58" s="9" t="s">
         <v>66</v>
       </c>
       <c r="C58" s="8">
         <v>1971</v>
       </c>
       <c r="D58" s="8" t="s">
         <v>80</v>
       </c>
       <c r="E58" s="9" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="F58" s="1"/>
       <c r="G58" s="1"/>
       <c r="H58" s="1"/>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B59" s="9" t="s">
         <v>67</v>
       </c>
       <c r="C59" s="8">
         <v>1981</v>
       </c>
       <c r="D59" s="8" t="s">
         <v>80</v>
       </c>
       <c r="E59" s="9" t="s">
         <v>85</v>
       </c>
       <c r="F59" s="1"/>
       <c r="G59" s="1"/>
       <c r="H59" s="1"/>
     </row>