--- v1 (2025-12-23)
+++ v2 (2026-03-04)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
   <si>
-    <t>Федерация бильярдного спорта России</t>
+    <t>ФБСР</t>
   </si>
   <si>
     <t>Кубок России «Пул». Мужчины. 3 этап</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>15.03.2025, "Дворец бильярдного спорта", Россия, Москва, Волгоградский пр-т,  46/15,  стр.16</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
     <t>17 - 24</t>
   </si>
@@ -143,51 +143,51 @@
   <si>
     <t>Корнеев Евгений</t>
   </si>
   <si>
     <t>Левин Илья</t>
   </si>
   <si>
     <t>Лобода Артем</t>
   </si>
   <si>
     <t>Родин Дмитрий</t>
   </si>
   <si>
     <t>Тягин Максим</t>
   </si>
   <si>
     <t>Быков Дмитрий</t>
   </si>
   <si>
     <t>Наон Юрий</t>
   </si>
   <si>
     <t>Перов Семён</t>
   </si>
   <si>
-    <t>Подерин Федор</t>
+    <t>Подерин Фёдор</t>
   </si>
   <si>
     <t>Садовник Дмитрий</t>
   </si>
   <si>
     <t>Ткач Олег</t>
   </si>
   <si>
     <t>Шалагин Максим</t>
   </si>
   <si>
     <t>Шестаков Михаил</t>
   </si>
   <si>
     <t>Алексеев Артем</t>
   </si>
   <si>
     <t>Богдан Рафаэл</t>
   </si>
   <si>
     <t>Воронин Павел</t>
   </si>
   <si>
     <t>Воронько Даниил</t>
   </si>