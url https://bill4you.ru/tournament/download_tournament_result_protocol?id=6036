--- v0 (2025-10-04)
+++ v1 (2026-01-10)
@@ -92,51 +92,51 @@
   <si>
     <t>Мусатова Яна</t>
   </si>
   <si>
     <t>Олейникова Ника-Виктория</t>
   </si>
   <si>
     <t>Песегова Екатерина</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
-    <t>3р</t>
+    <t>2р</t>
   </si>
   <si>
     <t>3юн</t>
   </si>
   <si>
     <t>2юн</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Красноярск</t>
   </si>
   <si>
     <t>Новосибирск</t>
   </si>
   <si>
     <t>Кемерово</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>