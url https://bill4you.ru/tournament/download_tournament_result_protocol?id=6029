--- v0 (2025-11-04)
+++ v1 (2026-02-06)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
-    <t>Федерация бильярдного спорта России</t>
+    <t>ФБСР</t>
   </si>
   <si>
     <t>Первенство России. Пул 9. Юноши до 17 лет</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>13.03.2025, "Дворец бильярдного спорта", Россия, Москва, Волгоградский пр-т,  46/15,  стр.16</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
     <t>17 - 24</t>
   </si>
@@ -92,63 +92,63 @@
   <si>
     <t>Шалагин Максим</t>
   </si>
   <si>
     <t>Козырский Максим</t>
   </si>
   <si>
     <t>Конский Александр</t>
   </si>
   <si>
     <t>Петров Михаил</t>
   </si>
   <si>
     <t>Солдатов Иван</t>
   </si>
   <si>
     <t>Антоненко Артем</t>
   </si>
   <si>
     <t>Быков Дмитрий</t>
   </si>
   <si>
     <t>Королев Михаил</t>
   </si>
   <si>
+    <t>Никита Смирнов</t>
+  </si>
+  <si>
     <t>Петрухин Тимофей</t>
   </si>
   <si>
     <t>Половинко Степан</t>
   </si>
   <si>
     <t>Пуляев Леонид</t>
   </si>
   <si>
     <t>Родин Алексей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Смирнов Никита</t>
   </si>
   <si>
     <t>Индрупский Владимир</t>
   </si>
   <si>
     <t>Казак Кирилл</t>
   </si>
   <si>
     <t>Нежданов Роман</t>
   </si>
   <si>
     <t>Романов Павел</t>
   </si>
   <si>
     <t>Серегин Семён</t>
   </si>
   <si>
     <t>Тимонин Андрей</t>
   </si>
   <si>
     <t>Шумник Даниил</t>
   </si>
   <si>
     <t>Яшенькин Андрей</t>
   </si>
@@ -209,51 +209,51 @@
   <si>
     <t>2р</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Свердловская область</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>Калужская область</t>
   </si>
   <si>
     <t>Санкт-Петербург</t>
   </si>
   <si>
-    <t>Республика Татарстан</t>
+    <t>Республика Татарстан (Татарстан)</t>
   </si>
   <si>
     <t>Пермский край</t>
   </si>
   <si>
     <t>Удмуртская Республика</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
@@ -940,137 +940,137 @@
       </c>
       <c r="B18" s="9" t="s">
         <v>25</v>
       </c>
       <c r="C18" s="8">
         <v>2009</v>
       </c>
       <c r="D18" s="8" t="s">
         <v>57</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>63</v>
       </c>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="9" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="8">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="D19" s="8" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="E19" s="9" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="9" t="s">
         <v>27</v>
       </c>
       <c r="C20" s="8">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="D20" s="8" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="E20" s="9" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="9" t="s">
         <v>28</v>
       </c>
       <c r="C21" s="8">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="D21" s="8" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>64</v>
       </c>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>29</v>
       </c>
       <c r="C22" s="8">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="D22" s="8" t="s">
         <v>57</v>
       </c>
       <c r="E22" s="9" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="9" t="s">
         <v>30</v>
       </c>
       <c r="C23" s="8">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="D23" s="8" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E23" s="9" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B24" s="9" t="s">
         <v>31</v>
       </c>
       <c r="C24" s="8">
         <v>2010</v>
       </c>
       <c r="D24" s="8" t="s">
         <v>58</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>62</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
@@ -1323,51 +1323,51 @@
       </c>
       <c r="C37" s="8">
         <v>2009</v>
       </c>
       <c r="D37" s="8" t="s">
         <v>59</v>
       </c>
       <c r="E37" s="9" t="s">
         <v>65</v>
       </c>
       <c r="F37" s="1"/>
       <c r="G37" s="1"/>
       <c r="H37" s="1"/>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B38" s="9" t="s">
         <v>45</v>
       </c>
       <c r="C38" s="8">
         <v>2010</v>
       </c>
       <c r="D38" s="8" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="E38" s="9" t="s">
         <v>65</v>
       </c>
       <c r="F38" s="1"/>
       <c r="G38" s="1"/>
       <c r="H38" s="1"/>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B39" s="9" t="s">
         <v>46</v>
       </c>
       <c r="C39" s="8">
         <v>2011</v>
       </c>
       <c r="D39" s="8" t="s">
         <v>56</v>
       </c>
       <c r="E39" s="9" t="s">
         <v>62</v>
       </c>
       <c r="F39" s="1"/>