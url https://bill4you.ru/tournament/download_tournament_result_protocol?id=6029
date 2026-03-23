--- v1 (2026-02-06)
+++ v2 (2026-03-23)
@@ -59,96 +59,96 @@
   <si>
     <t>9 - 16</t>
   </si>
   <si>
     <t>17 - 24</t>
   </si>
   <si>
     <t>25 - 32</t>
   </si>
   <si>
     <t>33 - 35</t>
   </si>
   <si>
     <t>Главный судья</t>
   </si>
   <si>
     <t>Главный секретарь</t>
   </si>
   <si>
     <t>Судья</t>
   </si>
   <si>
     <t>Спортсмен</t>
   </si>
   <si>
-    <t>Подерин Федор</t>
+    <t>Подерин Фёдор</t>
   </si>
   <si>
     <t>Садовский Федор</t>
   </si>
   <si>
     <t>Морозов Елисей</t>
   </si>
   <si>
     <t>Шалагин Максим</t>
   </si>
   <si>
     <t>Козырский Максим</t>
   </si>
   <si>
     <t>Конский Александр</t>
   </si>
   <si>
     <t>Петров Михаил</t>
   </si>
   <si>
     <t>Солдатов Иван</t>
   </si>
   <si>
     <t>Антоненко Артем</t>
   </si>
   <si>
     <t>Быков Дмитрий</t>
   </si>
   <si>
     <t>Королев Михаил</t>
   </si>
   <si>
-    <t>Никита Смирнов</t>
-[...1 lines deleted...]
-  <si>
     <t>Петрухин Тимофей</t>
   </si>
   <si>
     <t>Половинко Степан</t>
   </si>
   <si>
     <t>Пуляев Леонид</t>
   </si>
   <si>
     <t>Родин Алексей</t>
+  </si>
+  <si>
+    <t>Смирнов Никита</t>
   </si>
   <si>
     <t>Индрупский Владимир</t>
   </si>
   <si>
     <t>Казак Кирилл</t>
   </si>
   <si>
     <t>Нежданов Роман</t>
   </si>
   <si>
     <t>Романов Павел</t>
   </si>
   <si>
     <t>Серегин Семён</t>
   </si>
   <si>
     <t>Тимонин Андрей</t>
   </si>
   <si>
     <t>Шумник Даниил</t>
   </si>
   <si>
     <t>Яшенькин Андрей</t>
   </si>
@@ -843,51 +843,51 @@
       </c>
       <c r="C13" s="8">
         <v>2013</v>
       </c>
       <c r="D13" s="8" t="s">
         <v>57</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>64</v>
       </c>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C14" s="8">
         <v>2010</v>
       </c>
       <c r="D14" s="8" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>64</v>
       </c>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="9" t="s">
         <v>22</v>
       </c>
       <c r="C15" s="8">
         <v>2009</v>
       </c>
       <c r="D15" s="8" t="s">
         <v>58</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>62</v>
       </c>
       <c r="F15" s="1"/>
@@ -940,137 +940,137 @@
       </c>
       <c r="B18" s="9" t="s">
         <v>25</v>
       </c>
       <c r="C18" s="8">
         <v>2009</v>
       </c>
       <c r="D18" s="8" t="s">
         <v>57</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>63</v>
       </c>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="9" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="8">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="D19" s="8" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="E19" s="9" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="9" t="s">
         <v>27</v>
       </c>
       <c r="C20" s="8">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="D20" s="8" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="E20" s="9" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="9" t="s">
         <v>28</v>
       </c>
       <c r="C21" s="8">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="D21" s="8" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>64</v>
       </c>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>29</v>
       </c>
       <c r="C22" s="8">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="D22" s="8" t="s">
         <v>57</v>
       </c>
       <c r="E22" s="9" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="9" t="s">
         <v>30</v>
       </c>
       <c r="C23" s="8">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="D23" s="8" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="E23" s="9" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B24" s="9" t="s">
         <v>31</v>
       </c>
       <c r="C24" s="8">
         <v>2010</v>
       </c>
       <c r="D24" s="8" t="s">
         <v>58</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>62</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>