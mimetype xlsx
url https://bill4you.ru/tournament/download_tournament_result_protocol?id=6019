--- v0 (2025-10-24)
+++ v1 (2026-03-10)
@@ -95,51 +95,51 @@
   <si>
     <t>Ковалев Oлег</t>
   </si>
   <si>
     <t>Тетерский Роман</t>
   </si>
   <si>
     <t>Черкасов Вадим</t>
   </si>
   <si>
     <t>Андреев Максим</t>
   </si>
   <si>
     <t>Белый Александр</t>
   </si>
   <si>
     <t>Булавский Борис</t>
   </si>
   <si>
     <t>Вершель Евгений</t>
   </si>
   <si>
     <t>Гуринович Владислав</t>
   </si>
   <si>
-    <t>Зубарев Костя</t>
+    <t>Зубарев Константин</t>
   </si>
   <si>
     <t>Сойка Дмитрий</t>
   </si>
   <si>
     <t>Юхневич Ярослав</t>
   </si>
   <si>
     <t>Гришанов Алексей</t>
   </si>
   <si>
     <t>Ефимова Камилла</t>
   </si>
   <si>
     <t>Лампартер Максим</t>
   </si>
   <si>
     <t>Левинсон Арсений</t>
   </si>
   <si>
     <t>Неверов Николай</t>
   </si>
   <si>
     <t>Палько Вениамин</t>
   </si>
@@ -943,51 +943,53 @@
         <v>7</v>
       </c>
       <c r="B20" s="9" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="8">
         <v>1982</v>
       </c>
       <c r="D20" s="8" t="s">
         <v>49</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>54</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="9" t="s">
         <v>27</v>
       </c>
-      <c r="C21" s="8"/>
+      <c r="C21" s="8">
+        <v>1985</v>
+      </c>
       <c r="D21" s="8" t="s">
         <v>49</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>53</v>
       </c>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>28</v>
       </c>
       <c r="C22" s="8">
         <v>1990</v>
       </c>
       <c r="D22" s="8" t="s">
         <v>49</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>54</v>