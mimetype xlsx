--- v0 (2025-10-19)
+++ v1 (2026-02-06)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
-    <t>Федерация бильярдного спорта России</t>
+    <t>ФБСР</t>
   </si>
   <si>
     <t>Первенство России. Пул 8. Юноши до 17 лет</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>12.03.2025, "Дворец бильярдного спорта", Россия, Москва, Волгоградский пр-т,  46/15,  стр.16</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
     <t>17 - 24</t>
   </si>
@@ -92,60 +92,60 @@
   <si>
     <t>Шалагин Максим</t>
   </si>
   <si>
     <t>Быков Дмитрий</t>
   </si>
   <si>
     <t>Долныков Артемий</t>
   </si>
   <si>
     <t>Конский Александр</t>
   </si>
   <si>
     <t>Садовский Федор</t>
   </si>
   <si>
     <t>Королев Михаил</t>
   </si>
   <si>
     <t>Кузнецов Андрей</t>
   </si>
   <si>
     <t>Морозов Елисей</t>
   </si>
   <si>
+    <t>Никита Смирнов</t>
+  </si>
+  <si>
     <t>Половинко Степан</t>
   </si>
   <si>
     <t>Пуляев Леонид</t>
   </si>
   <si>
     <t>Родин Алексей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Смирнов Никита</t>
   </si>
   <si>
     <t>Солдатов Иван</t>
   </si>
   <si>
     <t>Алалыкин Иван</t>
   </si>
   <si>
     <t>Казак Кирилл</t>
   </si>
   <si>
     <t>Козырский Максим</t>
   </si>
   <si>
     <t>Романов Павел</t>
   </si>
   <si>
     <t>Ткаченко Захар</t>
   </si>
   <si>
     <t>Фатин Мирон</t>
   </si>
   <si>
     <t>Чурилов Фёдор</t>
   </si>
@@ -215,51 +215,51 @@
   <si>
     <t>-</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Свердловская область</t>
   </si>
   <si>
     <t>Санкт-Петербург</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>Новосибирская область</t>
   </si>
   <si>
     <t>Калужская область</t>
   </si>
   <si>
-    <t>Республика Татарстан</t>
+    <t>Республика Татарстан (Татарстан)</t>
   </si>
   <si>
     <t>Удмуртская Республика</t>
   </si>
   <si>
     <t>Пермский край</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
@@ -946,117 +946,117 @@
       </c>
       <c r="B18" s="9" t="s">
         <v>25</v>
       </c>
       <c r="C18" s="8">
         <v>2013</v>
       </c>
       <c r="D18" s="8" t="s">
         <v>59</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>66</v>
       </c>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="9" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="8">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="D19" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>63</v>
       </c>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="9" t="s">
         <v>27</v>
       </c>
       <c r="C20" s="8">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="D20" s="8" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>63</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="9" t="s">
         <v>28</v>
       </c>
       <c r="C21" s="8">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>58</v>
       </c>
       <c r="E21" s="9" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>29</v>
       </c>
       <c r="C22" s="8">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="D22" s="8" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="E22" s="9" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="9" t="s">
         <v>30</v>
       </c>
       <c r="C23" s="8">
         <v>2009</v>
       </c>
       <c r="D23" s="8" t="s">
         <v>57</v>
       </c>
       <c r="E23" s="9" t="s">
         <v>64</v>
       </c>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
     </row>
@@ -1149,51 +1149,51 @@
       </c>
       <c r="C28" s="8">
         <v>2014</v>
       </c>
       <c r="D28" s="8" t="s">
         <v>59</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>66</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>36</v>
       </c>
       <c r="C29" s="8">
         <v>2010</v>
       </c>
       <c r="D29" s="8" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>67</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B30" s="9" t="s">
         <v>37</v>
       </c>
       <c r="C30" s="8">
         <v>2011</v>
       </c>
       <c r="D30" s="8" t="s">
         <v>59</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>64</v>
       </c>
       <c r="F30" s="1"/>
@@ -1289,51 +1289,51 @@
       </c>
       <c r="C35" s="8">
         <v>2010</v>
       </c>
       <c r="D35" s="8" t="s">
         <v>59</v>
       </c>
       <c r="E35" s="9" t="s">
         <v>68</v>
       </c>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B36" s="9" t="s">
         <v>43</v>
       </c>
       <c r="C36" s="8">
         <v>2010</v>
       </c>
       <c r="D36" s="8" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="E36" s="9" t="s">
         <v>67</v>
       </c>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B37" s="9" t="s">
         <v>44</v>
       </c>
       <c r="C37" s="8">
         <v>2010</v>
       </c>
       <c r="D37" s="8" t="s">
         <v>57</v>
       </c>
       <c r="E37" s="9" t="s">
         <v>67</v>
       </c>
       <c r="F37" s="1"/>