--- v1 (2026-02-06)
+++ v2 (2026-03-23)
@@ -59,93 +59,93 @@
   <si>
     <t>9 - 16</t>
   </si>
   <si>
     <t>17 - 24</t>
   </si>
   <si>
     <t>25 - 32</t>
   </si>
   <si>
     <t>33 - 36</t>
   </si>
   <si>
     <t>Главный судья</t>
   </si>
   <si>
     <t>Главный секретарь</t>
   </si>
   <si>
     <t>Судья</t>
   </si>
   <si>
     <t>Спортсмен</t>
   </si>
   <si>
-    <t>Подерин Федор</t>
+    <t>Подерин Фёдор</t>
   </si>
   <si>
     <t>Петров Михаил</t>
   </si>
   <si>
     <t>Индрупский Владимир</t>
   </si>
   <si>
     <t>Шалагин Максим</t>
   </si>
   <si>
     <t>Быков Дмитрий</t>
   </si>
   <si>
     <t>Долныков Артемий</t>
   </si>
   <si>
     <t>Конский Александр</t>
   </si>
   <si>
     <t>Садовский Федор</t>
   </si>
   <si>
     <t>Королев Михаил</t>
   </si>
   <si>
     <t>Кузнецов Андрей</t>
   </si>
   <si>
     <t>Морозов Елисей</t>
   </si>
   <si>
-    <t>Никита Смирнов</t>
-[...1 lines deleted...]
-  <si>
     <t>Половинко Степан</t>
   </si>
   <si>
     <t>Пуляев Леонид</t>
   </si>
   <si>
     <t>Родин Алексей</t>
+  </si>
+  <si>
+    <t>Смирнов Никита</t>
   </si>
   <si>
     <t>Солдатов Иван</t>
   </si>
   <si>
     <t>Алалыкин Иван</t>
   </si>
   <si>
     <t>Казак Кирилл</t>
   </si>
   <si>
     <t>Козырский Максим</t>
   </si>
   <si>
     <t>Романов Павел</t>
   </si>
   <si>
     <t>Ткаченко Захар</t>
   </si>
   <si>
     <t>Фатин Мирон</t>
   </si>
   <si>
     <t>Чурилов Фёдор</t>
   </si>
@@ -749,51 +749,51 @@
       </c>
       <c r="C8" s="8">
         <v>2010</v>
       </c>
       <c r="D8" s="8" t="s">
         <v>56</v>
       </c>
       <c r="E8" s="9" t="s">
         <v>62</v>
       </c>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="8">
         <v>2</v>
       </c>
       <c r="B9" s="9" t="s">
         <v>16</v>
       </c>
       <c r="C9" s="8">
         <v>2010</v>
       </c>
       <c r="D9" s="8" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="E9" s="9" t="s">
         <v>63</v>
       </c>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="8">
         <v>3</v>
       </c>
       <c r="B10" s="9" t="s">
         <v>17</v>
       </c>
       <c r="C10" s="8">
         <v>2010</v>
       </c>
       <c r="D10" s="8" t="s">
         <v>57</v>
       </c>
       <c r="E10" s="9" t="s">
         <v>64</v>
       </c>
       <c r="F10" s="1"/>
@@ -946,117 +946,117 @@
       </c>
       <c r="B18" s="9" t="s">
         <v>25</v>
       </c>
       <c r="C18" s="8">
         <v>2013</v>
       </c>
       <c r="D18" s="8" t="s">
         <v>59</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>66</v>
       </c>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="9" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="8">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="D19" s="8" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>63</v>
       </c>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="9" t="s">
         <v>27</v>
       </c>
       <c r="C20" s="8">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="D20" s="8" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>63</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="9" t="s">
         <v>28</v>
       </c>
       <c r="C21" s="8">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>58</v>
       </c>
       <c r="E21" s="9" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>29</v>
       </c>
       <c r="C22" s="8">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="D22" s="8" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E22" s="9" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="9" t="s">
         <v>30</v>
       </c>
       <c r="C23" s="8">
         <v>2009</v>
       </c>
       <c r="D23" s="8" t="s">
         <v>57</v>
       </c>
       <c r="E23" s="9" t="s">
         <v>64</v>
       </c>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
     </row>