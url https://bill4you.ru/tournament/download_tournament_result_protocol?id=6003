--- v0 (2025-11-04)
+++ v1 (2026-02-06)
@@ -12,53 +12,53 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
-    <t>Федерация бильярдного спорта России</t>
+    <t>ФБСР</t>
   </si>
   <si>
     <t>Первенство России. Пул 10. Юниоры до 19 лет</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>11.03.2025, "Дворец бильярдного спорта", Россия, Москва, Волгоградский пр-т,  46/15,  стр.16</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 12</t>
   </si>
   <si>
     <t>13 - 16</t>
   </si>
@@ -83,51 +83,51 @@
   <si>
     <t>Шалагин Юрий</t>
   </si>
   <si>
     <t>Иванов Вадим</t>
   </si>
   <si>
     <t>Конский Даниил</t>
   </si>
   <si>
     <t>Анисимов Степан</t>
   </si>
   <si>
     <t>Конский Егор</t>
   </si>
   <si>
     <t>Сунгатуллин Карим</t>
   </si>
   <si>
     <t>Шелкоплясов Иван</t>
   </si>
   <si>
     <t>Антонюк Роман</t>
   </si>
   <si>
-    <t>Богдан Рафаэль</t>
+    <t>Богдан Рафаэл</t>
   </si>
   <si>
     <t>Ефремов Тимофей</t>
   </si>
   <si>
     <t>Макулов Тимофей</t>
   </si>
   <si>
     <t>Жегалов Александр</t>
   </si>
   <si>
     <t>Зиновьев Максим</t>
   </si>
   <si>
     <t>Медведев Федор</t>
   </si>
   <si>
     <t>Фролов Михаил</t>
   </si>
   <si>
     <t>Гончаренко Георгий</t>
   </si>
   <si>
     <t>Степанов Антон</t>
   </si>
@@ -149,57 +149,54 @@
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>1юн</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>Санкт-Петербург</t>
   </si>
   <si>
-    <t>Республика Татарстан</t>
+    <t>Республика Татарстан (Татарстан)</t>
   </si>
   <si>
     <t>Ростовская область</t>
-  </si>
-[...1 lines deleted...]
-    <t>Федеральный округ</t>
   </si>
   <si>
     <t>Сахалинская область</t>
   </si>
   <si>
     <t>Республика Марий Эл</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
@@ -852,51 +849,51 @@
       </c>
       <c r="D16" s="8" t="s">
         <v>39</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>43</v>
       </c>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="9" t="s">
         <v>23</v>
       </c>
       <c r="C17" s="8">
         <v>2008</v>
       </c>
       <c r="D17" s="8" t="s">
         <v>38</v>
       </c>
       <c r="E17" s="9" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>24</v>
       </c>
       <c r="C18" s="8">
         <v>2008</v>
       </c>
       <c r="D18" s="8" t="s">
         <v>40</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>43</v>
       </c>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
     </row>
@@ -992,71 +989,71 @@
       </c>
       <c r="D23" s="8" t="s">
         <v>37</v>
       </c>
       <c r="E23" s="9" t="s">
         <v>43</v>
       </c>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B24" s="9" t="s">
         <v>30</v>
       </c>
       <c r="C24" s="8">
         <v>2008</v>
       </c>
       <c r="D24" s="8" t="s">
         <v>38</v>
       </c>
       <c r="E24" s="9" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B25" s="9" t="s">
         <v>31</v>
       </c>
       <c r="C25" s="8">
         <v>2008</v>
       </c>
       <c r="D25" s="8" t="s">
         <v>38</v>
       </c>
       <c r="E25" s="9" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="10"/>
       <c r="B26" s="7"/>
       <c r="C26" s="7"/>
       <c r="D26" s="7"/>
       <c r="E26" s="7"/>
       <c r="F26" s="7"/>
       <c r="G26" s="7"/>
       <c r="H26" s="1"/>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="10"/>
       <c r="B27" s="7"/>
       <c r="C27" s="7"/>
       <c r="D27" s="7"/>
       <c r="E27" s="7"/>
       <c r="F27" s="7"/>
       <c r="G27" s="7"/>
       <c r="H27" s="1"/>
     </row>