--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
-    <t>Федерация бильярдного спорта России</t>
+    <t>ФБСР</t>
   </si>
   <si>
     <t>Первенство России. Пул 10. Юноши до 17 лет</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>11.03.2025, "Дворец бильярдного спорта", Россия, Москва, Волгоградский пр-т,  46/15,  стр.16</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
     <t>17 - 24</t>
   </si>
@@ -122,54 +122,54 @@
   <si>
     <t>Петров Михаил</t>
   </si>
   <si>
     <t>Пуляев Леонид</t>
   </si>
   <si>
     <t>Тимонин Андрей</t>
   </si>
   <si>
     <t>Берсенев Артем</t>
   </si>
   <si>
     <t>Долныков Артемий</t>
   </si>
   <si>
     <t>Казак Кирилл</t>
   </si>
   <si>
     <t>Конский Александр</t>
   </si>
   <si>
     <t>Мартынов Дамир</t>
   </si>
   <si>
-    <t>Половинко Степан</t>
+    <t>Никита Смирнов</t>
   </si>
   <si>
-    <t>Смирнов Никита</t>
+    <t>Половинко Степан</t>
   </si>
   <si>
     <t>Шумник Даниил</t>
   </si>
   <si>
     <t>Беляев Егор</t>
   </si>
   <si>
     <t>Нежданов Роман</t>
   </si>
   <si>
     <t>Петрухин Тимофей</t>
   </si>
   <si>
     <t>Серегин Семён</t>
   </si>
   <si>
     <t>Ткаченко Захар</t>
   </si>
   <si>
     <t>Толстокоров Никита</t>
   </si>
   <si>
     <t>Тремаскин Матвей</t>
   </si>
@@ -212,51 +212,51 @@
   <si>
     <t>2р</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Свердловская область</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>Санкт-Петербург</t>
   </si>
   <si>
     <t>Калужская область</t>
   </si>
   <si>
-    <t>Республика Татарстан</t>
+    <t>Республика Татарстан (Татарстан)</t>
   </si>
   <si>
     <t>Новосибирская область</t>
   </si>
   <si>
     <t>Удмуртская Республика</t>
   </si>
   <si>
     <t>Пермский край</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1146,74 +1146,74 @@
       </c>
       <c r="B28" s="9" t="s">
         <v>35</v>
       </c>
       <c r="C28" s="8">
         <v>2010</v>
       </c>
       <c r="D28" s="8" t="s">
         <v>60</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>68</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>36</v>
       </c>
       <c r="C29" s="8">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="D29" s="8" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>64</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B30" s="9" t="s">
         <v>37</v>
       </c>
       <c r="C30" s="8">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="D30" s="8" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>64</v>
       </c>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="9" t="s">
         <v>38</v>
       </c>
       <c r="C31" s="8">
         <v>2013</v>
       </c>
       <c r="D31" s="8" t="s">
         <v>60</v>
       </c>
       <c r="E31" s="9" t="s">
         <v>66</v>
       </c>
       <c r="F31" s="1"/>
@@ -1249,51 +1249,51 @@
       </c>
       <c r="C33" s="8">
         <v>2011</v>
       </c>
       <c r="D33" s="8" t="s">
         <v>60</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>62</v>
       </c>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B34" s="9" t="s">
         <v>41</v>
       </c>
       <c r="C34" s="8">
         <v>2010</v>
       </c>
       <c r="D34" s="8" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>66</v>
       </c>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B35" s="9" t="s">
         <v>42</v>
       </c>
       <c r="C35" s="8">
         <v>2010</v>
       </c>
       <c r="D35" s="8" t="s">
         <v>60</v>
       </c>
       <c r="E35" s="9" t="s">
         <v>65</v>
       </c>
       <c r="F35" s="1"/>
@@ -1349,51 +1349,51 @@
       </c>
       <c r="C38" s="8">
         <v>2009</v>
       </c>
       <c r="D38" s="8" t="s">
         <v>59</v>
       </c>
       <c r="E38" s="9" t="s">
         <v>66</v>
       </c>
       <c r="F38" s="1"/>
       <c r="G38" s="1"/>
       <c r="H38" s="1"/>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B39" s="9" t="s">
         <v>46</v>
       </c>
       <c r="C39" s="8">
         <v>2010</v>
       </c>
       <c r="D39" s="8" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="E39" s="9" t="s">
         <v>66</v>
       </c>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B40" s="9" t="s">
         <v>47</v>
       </c>
       <c r="C40" s="8">
         <v>2010</v>
       </c>
       <c r="D40" s="8" t="s">
         <v>60</v>
       </c>
       <c r="E40" s="9" t="s">
         <v>62</v>
       </c>
       <c r="F40" s="1"/>