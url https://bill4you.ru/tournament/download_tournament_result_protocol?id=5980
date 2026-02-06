--- v0 (2025-11-04)
+++ v1 (2026-02-06)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
-    <t>Федерация бильярдного спорта России</t>
+    <t>ФБСР</t>
   </si>
   <si>
     <t>Первенство России. Пул 14.1. Юноши до 17 лет</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>10.03.2025, "Дворец бильярдного спорта", Россия, Москва, Волгоградский пр-т,  46/15,  стр.16</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
     <t>17 - 24</t>
   </si>
@@ -77,54 +77,54 @@
   <si>
     <t>Судья</t>
   </si>
   <si>
     <t>Спортсмен</t>
   </si>
   <si>
     <t>Садовский Федор</t>
   </si>
   <si>
     <t>Шалагин Максим</t>
   </si>
   <si>
     <t>Долныков Артемий</t>
   </si>
   <si>
     <t>Подерин Федор</t>
   </si>
   <si>
     <t>Быков Дмитрий</t>
   </si>
   <si>
     <t>Конский Александр</t>
   </si>
   <si>
-    <t>Петров Михаил</t>
+    <t>Никита Смирнов</t>
   </si>
   <si>
-    <t>Смирнов Никита</t>
+    <t>Петров Михаил</t>
   </si>
   <si>
     <t>Казак Кирилл</t>
   </si>
   <si>
     <t>Королев Михаил</t>
   </si>
   <si>
     <t>Кузнецов Андрей</t>
   </si>
   <si>
     <t>Половинко Степан</t>
   </si>
   <si>
     <t>Пуляев Леонид</t>
   </si>
   <si>
     <t>Родин Алексей</t>
   </si>
   <si>
     <t>Тимонин Андрей</t>
   </si>
   <si>
     <t>Яшенькин Андрей</t>
   </si>
@@ -215,51 +215,51 @@
   <si>
     <t>-</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>Новосибирская область</t>
   </si>
   <si>
     <t>Свердловская область</t>
   </si>
   <si>
     <t>Санкт-Петербург</t>
   </si>
   <si>
     <t>Калужская область</t>
   </si>
   <si>
-    <t>Республика Татарстан</t>
+    <t>Республика Татарстан (Татарстан)</t>
   </si>
   <si>
     <t>Удмуртская Республика</t>
   </si>
   <si>
     <t>Пермский край</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
@@ -846,74 +846,74 @@
       </c>
       <c r="B13" s="9" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="8">
         <v>2013</v>
       </c>
       <c r="D13" s="8" t="s">
         <v>58</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>65</v>
       </c>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C14" s="8">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="D14" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>65</v>
       </c>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="9" t="s">
         <v>22</v>
       </c>
       <c r="C15" s="8">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="D15" s="8" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>65</v>
       </c>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="9" t="s">
         <v>23</v>
       </c>
       <c r="C16" s="8">
         <v>2010</v>
       </c>
       <c r="D16" s="8" t="s">
         <v>60</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>64</v>
       </c>
       <c r="F16" s="1"/>
@@ -1129,51 +1129,51 @@
       </c>
       <c r="C27" s="8">
         <v>2013</v>
       </c>
       <c r="D27" s="8" t="s">
         <v>59</v>
       </c>
       <c r="E27" s="9" t="s">
         <v>66</v>
       </c>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B28" s="9" t="s">
         <v>35</v>
       </c>
       <c r="C28" s="8">
         <v>2010</v>
       </c>
       <c r="D28" s="8" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>67</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>36</v>
       </c>
       <c r="C29" s="8">
         <v>2009</v>
       </c>
       <c r="D29" s="8" t="s">
         <v>57</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>62</v>
       </c>
       <c r="F29" s="1"/>
@@ -1189,51 +1189,51 @@
       </c>
       <c r="C30" s="8">
         <v>2009</v>
       </c>
       <c r="D30" s="8" t="s">
         <v>60</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>67</v>
       </c>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="9" t="s">
         <v>38</v>
       </c>
       <c r="C31" s="8">
         <v>2010</v>
       </c>
       <c r="D31" s="8" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="E31" s="9" t="s">
         <v>67</v>
       </c>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B32" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C32" s="8">
         <v>2010</v>
       </c>
       <c r="D32" s="8" t="s">
         <v>59</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>64</v>
       </c>
       <c r="F32" s="1"/>