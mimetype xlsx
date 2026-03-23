--- v1 (2026-02-06)
+++ v2 (2026-03-23)
@@ -68,63 +68,63 @@
   <si>
     <t>33 - 36</t>
   </si>
   <si>
     <t>Главный судья</t>
   </si>
   <si>
     <t>Главный секретарь</t>
   </si>
   <si>
     <t>Судья</t>
   </si>
   <si>
     <t>Спортсмен</t>
   </si>
   <si>
     <t>Садовский Федор</t>
   </si>
   <si>
     <t>Шалагин Максим</t>
   </si>
   <si>
     <t>Долныков Артемий</t>
   </si>
   <si>
-    <t>Подерин Федор</t>
+    <t>Подерин Фёдор</t>
   </si>
   <si>
     <t>Быков Дмитрий</t>
   </si>
   <si>
     <t>Конский Александр</t>
   </si>
   <si>
-    <t>Никита Смирнов</t>
+    <t>Петров Михаил</t>
   </si>
   <si>
-    <t>Петров Михаил</t>
+    <t>Смирнов Никита</t>
   </si>
   <si>
     <t>Казак Кирилл</t>
   </si>
   <si>
     <t>Королев Михаил</t>
   </si>
   <si>
     <t>Кузнецов Андрей</t>
   </si>
   <si>
     <t>Половинко Степан</t>
   </si>
   <si>
     <t>Пуляев Леонид</t>
   </si>
   <si>
     <t>Родин Алексей</t>
   </si>
   <si>
     <t>Тимонин Андрей</t>
   </si>
   <si>
     <t>Яшенькин Андрей</t>
   </si>
@@ -846,74 +846,74 @@
       </c>
       <c r="B13" s="9" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="8">
         <v>2013</v>
       </c>
       <c r="D13" s="8" t="s">
         <v>58</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>65</v>
       </c>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C14" s="8">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="D14" s="8" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>65</v>
       </c>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="9" t="s">
         <v>22</v>
       </c>
       <c r="C15" s="8">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="D15" s="8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>65</v>
       </c>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="9" t="s">
         <v>23</v>
       </c>
       <c r="C16" s="8">
         <v>2010</v>
       </c>
       <c r="D16" s="8" t="s">
         <v>60</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>64</v>
       </c>
       <c r="F16" s="1"/>