--- v0 (2025-10-04)
+++ v1 (2026-03-05)
@@ -14,102 +14,102 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
-    <t>Федерация бильярдного спорта России</t>
+    <t>ФБСР</t>
   </si>
   <si>
     <t>Кубок России U17 2 этап. Юноши до 17 лет</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>08.03.2025, "Дворец бильярдного спорта", Россия, Москва, Волгоградский пр-т,  46/15,  стр.16</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
     <t>17 - 24</t>
   </si>
   <si>
     <t>25 - 32</t>
   </si>
   <si>
     <t>33 - 40</t>
   </si>
   <si>
     <t>Главный судья</t>
   </si>
   <si>
     <t>Главный секретарь</t>
   </si>
   <si>
     <t>Судья</t>
   </si>
   <si>
     <t>Спортсмен</t>
   </si>
   <si>
     <t>Шалагин Максим</t>
   </si>
   <si>
     <t>Воронько Даниил</t>
   </si>
   <si>
-    <t>Подерин Федор</t>
+    <t>Подерин Фёдор</t>
   </si>
   <si>
     <t>Потапов Денис</t>
   </si>
   <si>
     <t>Быков Дмитрий</t>
   </si>
   <si>
     <t>Индрупский Владимир</t>
   </si>
   <si>
     <t>Садовский Федор</t>
   </si>
   <si>
     <t>Солдатов Иван</t>
   </si>
   <si>
     <t>Кудрявцев Глеб</t>
   </si>
   <si>
     <t>Кузнецов Андрей</t>
   </si>
   <si>
     <t>Морозов Елисей</t>
   </si>
@@ -137,63 +137,63 @@
   <si>
     <t>Минаев Кирилл</t>
   </si>
   <si>
     <t>Пархомович Владислав</t>
   </si>
   <si>
     <t>Смирнов Роман</t>
   </si>
   <si>
     <t>Толстокоров Никита</t>
   </si>
   <si>
     <t>Шишков Артём</t>
   </si>
   <si>
     <t>Яшенькин Андрей</t>
   </si>
   <si>
     <t>Долгоруков Никита</t>
   </si>
   <si>
     <t>Королев Михаил</t>
   </si>
   <si>
+    <t>Никита Смирнов</t>
+  </si>
+  <si>
     <t>Павлов Константин</t>
   </si>
   <si>
     <t>Пархомович Виталий</t>
   </si>
   <si>
     <t>Романов Фёдор</t>
   </si>
   <si>
     <t>Серегин Семён</t>
-  </si>
-[...1 lines deleted...]
-    <t>Смирнов Никита</t>
   </si>
   <si>
     <t>Тюняев Всеволод</t>
   </si>
   <si>
     <t>Абдуллин Тамерлан</t>
   </si>
   <si>
     <t>Антоненко Артём</t>
   </si>
   <si>
     <t>Данилов Лев</t>
   </si>
   <si>
     <t>Дубченко Андрей</t>
   </si>
   <si>
     <t>Каленский Фёдор</t>
   </si>
   <si>
     <t>Просс Илья</t>
   </si>
   <si>
     <t>Ципилёв Степан</t>
   </si>
@@ -955,51 +955,51 @@
       </c>
       <c r="C18" s="8">
         <v>2013</v>
       </c>
       <c r="D18" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>70</v>
       </c>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="9" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="8">
         <v>2010</v>
       </c>
       <c r="D19" s="8" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>69</v>
       </c>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="9" t="s">
         <v>27</v>
       </c>
       <c r="C20" s="8">
         <v>2011</v>
       </c>
       <c r="D20" s="8" t="s">
         <v>60</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>69</v>
       </c>
       <c r="F20" s="1"/>
@@ -1252,137 +1252,137 @@
       </c>
       <c r="B33" s="9" t="s">
         <v>40</v>
       </c>
       <c r="C33" s="8">
         <v>2009</v>
       </c>
       <c r="D33" s="8" t="s">
         <v>62</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>70</v>
       </c>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B34" s="9" t="s">
         <v>41</v>
       </c>
       <c r="C34" s="8">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="D34" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E34" s="9" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B35" s="9" t="s">
         <v>42</v>
       </c>
       <c r="C35" s="8">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="D35" s="8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="E35" s="9" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B36" s="9" t="s">
         <v>43</v>
       </c>
       <c r="C36" s="8">
         <v>2012</v>
       </c>
       <c r="D36" s="8" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="E36" s="9" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B37" s="9" t="s">
         <v>44</v>
       </c>
       <c r="C37" s="8">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="D37" s="8" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="E37" s="9" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="F37" s="1"/>
       <c r="G37" s="1"/>
       <c r="H37" s="1"/>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B38" s="9" t="s">
         <v>45</v>
       </c>
       <c r="C38" s="8">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="D38" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E38" s="9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F38" s="1"/>
       <c r="G38" s="1"/>
       <c r="H38" s="1"/>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B39" s="9" t="s">
         <v>46</v>
       </c>
       <c r="C39" s="8">
         <v>2012</v>
       </c>
       <c r="D39" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E39" s="9" t="s">
         <v>66</v>
       </c>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
     </row>