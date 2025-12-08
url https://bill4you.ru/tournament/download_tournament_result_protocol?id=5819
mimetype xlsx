--- v0 (2025-10-14)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>Пермская городская федерация бильярдного спорта</t>
   </si>
   <si>
     <t xml:space="preserve">Кубок Перми по пулу / 3-ий этап / Первая лига </t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>16.03.2025, БК Классик А, Россия, Пермский край, Пермь, ул. Куйбышева,  37 ТЦ "Алмаз",  4 этаж</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 6</t>
   </si>
   <si>
     <t>Главный судья</t>
   </si>
   <si>
@@ -81,50 +81,53 @@
     <t>Угай Дмитрий</t>
   </si>
   <si>
     <t>Булычев Денис</t>
   </si>
   <si>
     <t>Суханов Александр</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Пермь</t>
+  </si>
+  <si>
+    <t>Тюмень</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -640,69 +643,73 @@
         <v>3</v>
       </c>
       <c r="B10" s="9" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="8">
         <v>2013</v>
       </c>
       <c r="D10" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E10" s="9" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="8">
         <v>3</v>
       </c>
       <c r="B11" s="9" t="s">
         <v>14</v>
       </c>
-      <c r="C11" s="8"/>
+      <c r="C11" s="8">
+        <v>1980</v>
+      </c>
       <c r="D11" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E11" s="9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="9" t="s">
         <v>15</v>
       </c>
-      <c r="C12" s="8"/>
+      <c r="C12" s="8">
+        <v>1999</v>
+      </c>
       <c r="D12" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="9" t="s">
         <v>16</v>
       </c>
       <c r="C13" s="8">
         <v>1977</v>
       </c>
       <c r="D13" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>22</v>