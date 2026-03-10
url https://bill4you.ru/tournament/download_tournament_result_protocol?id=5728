--- v0 (2025-10-22)
+++ v1 (2026-03-10)
@@ -68,51 +68,51 @@
   <si>
     <t>Главный судья</t>
   </si>
   <si>
     <t>Главный секретарь</t>
   </si>
   <si>
     <t>Судья</t>
   </si>
   <si>
     <t>Спортсмен</t>
   </si>
   <si>
     <t>Рыженков Кирилл</t>
   </si>
   <si>
     <t>Юхневич Ярослав</t>
   </si>
   <si>
     <t>Добриян Ольга</t>
   </si>
   <si>
     <t>Тетерский Роман</t>
   </si>
   <si>
-    <t>Зубарев Костя</t>
+    <t>Зубарев Константин</t>
   </si>
   <si>
     <t>Мардоян Артем</t>
   </si>
   <si>
     <t>Неверов Николай</t>
   </si>
   <si>
     <t>Осипов Даниил</t>
   </si>
   <si>
     <t>Палько Вениамин</t>
   </si>
   <si>
     <t>Паплевка Владимир</t>
   </si>
   <si>
     <t>Сойка Савелий</t>
   </si>
   <si>
     <t>Шкребко Ян</t>
   </si>
   <si>
     <t>Левинсон Арсений</t>
   </si>
@@ -747,51 +747,53 @@
     <row r="11" spans="1:8">
       <c r="A11" s="8">
         <v>3</v>
       </c>
       <c r="B11" s="9" t="s">
         <v>17</v>
       </c>
       <c r="C11" s="8"/>
       <c r="D11" s="8" t="s">
         <v>42</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>49</v>
       </c>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="9" t="s">
         <v>18</v>
       </c>
-      <c r="C12" s="8"/>
+      <c r="C12" s="8">
+        <v>1985</v>
+      </c>
       <c r="D12" s="8" t="s">
         <v>42</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>49</v>
       </c>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="9" t="s">
         <v>19</v>
       </c>
       <c r="C13" s="8">
         <v>2007</v>
       </c>
       <c r="D13" s="8" t="s">
         <v>42</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>47</v>