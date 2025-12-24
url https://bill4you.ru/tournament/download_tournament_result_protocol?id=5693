--- v0 (2025-10-23)
+++ v1 (2025-12-24)
@@ -12,53 +12,53 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
   <si>
-    <t>Федерация бильярдного спорта России</t>
+    <t>ФБСР</t>
   </si>
   <si>
     <t>Кубок России «Пул». Мужчины. 2 этап</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>15.02.2025, "Дворец бильярдного спорта", Россия, Москва, Волгоградский пр-т,  46/15,  стр.16</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
     <t>17 - 24</t>
   </si>
@@ -182,51 +182,51 @@
   <si>
     <t>Коленников Артем</t>
   </si>
   <si>
     <t>Колесников Виктор</t>
   </si>
   <si>
     <t>Котов Михаил</t>
   </si>
   <si>
     <t>Кудрявцев Глеб</t>
   </si>
   <si>
     <t>Половинко Степан</t>
   </si>
   <si>
     <t>Процышак Сергей</t>
   </si>
   <si>
     <t>Садовский Федор</t>
   </si>
   <si>
     <t>Соломатин Иван</t>
   </si>
   <si>
-    <t>Богдан Рафаэль</t>
+    <t>Богдан Рафаэл</t>
   </si>
   <si>
     <t>Колесников Владимир</t>
   </si>
   <si>
     <t>Корнеев Евгений</t>
   </si>
   <si>
     <t>Котов Юрий</t>
   </si>
   <si>
     <t>Манчак Дмитрий</t>
   </si>
   <si>
     <t>Мохначев Виталий</t>
   </si>
   <si>
     <t>Садовник Дмитрий</t>
   </si>
   <si>
     <t>Смирнов Владимир</t>
   </si>
   <si>
     <t>Крылов Владимир</t>
   </si>
@@ -261,53 +261,50 @@
     <t>2р</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>Санкт-Петербург</t>
   </si>
   <si>
     <t>Калужская область</t>
   </si>
   <si>
     <t>Минск</t>
   </si>
   <si>
     <t>город центрального подчинения Ханой</t>
   </si>
   <si>
     <t>Московская область</t>
   </si>
   <si>
     <t>Владимирская область</t>
-  </si>
-[...1 lines deleted...]
-    <t>Федеральный округ</t>
   </si>
   <si>
     <t>Тюменская область</t>
   </si>
   <si>
     <t>Севастополь</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
@@ -1578,51 +1575,51 @@
       </c>
       <c r="D47" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E47" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B48" s="9" t="s">
         <v>56</v>
       </c>
       <c r="C48" s="8">
         <v>2008</v>
       </c>
       <c r="D48" s="8" t="s">
         <v>71</v>
       </c>
       <c r="E48" s="9" t="s">
-        <v>83</v>
+        <v>76</v>
       </c>
       <c r="F48" s="1"/>
       <c r="G48" s="1"/>
       <c r="H48" s="1"/>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B49" s="9" t="s">
         <v>57</v>
       </c>
       <c r="C49" s="8">
         <v>1960</v>
       </c>
       <c r="D49" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E49" s="9" t="s">
         <v>76</v>
       </c>
       <c r="F49" s="1"/>
       <c r="G49" s="1"/>
       <c r="H49" s="1"/>
     </row>
@@ -1635,54 +1632,54 @@
       </c>
       <c r="C50" s="8">
         <v>1976</v>
       </c>
       <c r="D50" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E50" s="9" t="s">
         <v>76</v>
       </c>
       <c r="F50" s="1"/>
       <c r="G50" s="1"/>
       <c r="H50" s="1"/>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B51" s="9" t="s">
         <v>59</v>
       </c>
       <c r="C51" s="8">
         <v>1972</v>
       </c>
       <c r="D51" s="8" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="E51" s="9" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F51" s="1"/>
       <c r="G51" s="1"/>
       <c r="H51" s="1"/>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B52" s="9" t="s">
         <v>60</v>
       </c>
       <c r="C52" s="8">
         <v>1996</v>
       </c>
       <c r="D52" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E52" s="9" t="s">
         <v>76</v>
       </c>
       <c r="F52" s="1"/>
       <c r="G52" s="1"/>
       <c r="H52" s="1"/>
     </row>
@@ -1698,51 +1695,51 @@
       </c>
       <c r="D53" s="8" t="s">
         <v>71</v>
       </c>
       <c r="E53" s="9" t="s">
         <v>76</v>
       </c>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="H53" s="1"/>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B54" s="9" t="s">
         <v>62</v>
       </c>
       <c r="C54" s="8">
         <v>1988</v>
       </c>
       <c r="D54" s="8" t="s">
         <v>71</v>
       </c>
       <c r="E54" s="9" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="F54" s="1"/>
       <c r="G54" s="1"/>
       <c r="H54" s="1"/>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B55" s="9" t="s">
         <v>63</v>
       </c>
       <c r="C55" s="8">
         <v>2006</v>
       </c>
       <c r="D55" s="8" t="s">
         <v>74</v>
       </c>
       <c r="E55" s="9" t="s">
         <v>76</v>
       </c>
       <c r="F55" s="1"/>
       <c r="G55" s="1"/>
       <c r="H55" s="1"/>
     </row>