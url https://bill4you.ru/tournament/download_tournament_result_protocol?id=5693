--- v1 (2025-12-24)
+++ v2 (2026-03-05)
@@ -1592,51 +1592,51 @@
       </c>
       <c r="C48" s="8">
         <v>2008</v>
       </c>
       <c r="D48" s="8" t="s">
         <v>71</v>
       </c>
       <c r="E48" s="9" t="s">
         <v>76</v>
       </c>
       <c r="F48" s="1"/>
       <c r="G48" s="1"/>
       <c r="H48" s="1"/>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B49" s="9" t="s">
         <v>57</v>
       </c>
       <c r="C49" s="8">
         <v>1960</v>
       </c>
       <c r="D49" s="8" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="E49" s="9" t="s">
         <v>76</v>
       </c>
       <c r="F49" s="1"/>
       <c r="G49" s="1"/>
       <c r="H49" s="1"/>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B50" s="9" t="s">
         <v>58</v>
       </c>
       <c r="C50" s="8">
         <v>1976</v>
       </c>
       <c r="D50" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E50" s="9" t="s">
         <v>76</v>
       </c>
       <c r="F50" s="1"/>