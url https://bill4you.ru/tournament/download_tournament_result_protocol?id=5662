--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
     <t>ФБС Республики Татарстан</t>
   </si>
   <si>
     <t>2-й этап "Серия бильярдных турниров «СЕЗОНЫ»"</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
-    <t>01.03.2025, Бильярдная 1, Россия, Республика Татарстан, Казань, ул. Рихарда Зорге 66В</t>
+    <t>01.03.2025, Бильярдная 1, Россия, Республика Татарстан (Татарстан), Казань, ул. Рихарда Зорге 66В</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
     <t>17 - 32</t>
   </si>
   <si>
     <t>33 - 48</t>
   </si>
   <si>
     <t>49 - 56</t>
   </si>
   <si>
     <t>Главный судья</t>
   </si>