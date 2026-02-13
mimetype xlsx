--- v1 (2025-12-08)
+++ v2 (2026-02-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
   <si>
     <t>ФБС Республики Татарстан</t>
   </si>
   <si>
     <t>2-й этап "Серия бильярдных турниров «СЕЗОНЫ»"</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>01.03.2025, Бильярдная 1, Россия, Республика Татарстан (Татарстан), Казань, ул. Рихарда Зорге 66В</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
@@ -116,51 +116,51 @@
   <si>
     <t>Иванов Денис</t>
   </si>
   <si>
     <t>Курдюков Павел</t>
   </si>
   <si>
     <t>Прудченко Кирилл</t>
   </si>
   <si>
     <t>Степанов Юрий</t>
   </si>
   <si>
     <t>Хайдаров Альберт</t>
   </si>
   <si>
     <t>Аббасов Ровшан</t>
   </si>
   <si>
     <t>Ахмедов Эльшан</t>
   </si>
   <si>
     <t>Аширов Рахим</t>
   </si>
   <si>
-    <t>Василенко Николай</t>
+    <t>Валерьянов Валерий</t>
   </si>
   <si>
     <t>Горчаков Ильдар</t>
   </si>
   <si>
     <t>Егоров Аарон</t>
   </si>
   <si>
     <t>Еремин Вадим</t>
   </si>
   <si>
     <t>Исмаилов Тимур</t>
   </si>
   <si>
     <t>Мышкин Дмитрий</t>
   </si>
   <si>
     <t>Осипов Михаил</t>
   </si>
   <si>
     <t>Полутин Денис</t>
   </si>
   <si>
     <t>Рахманов Рустам</t>
   </si>
@@ -251,78 +251,81 @@
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>2р</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
-    <t>Киров</t>
+    <t>Рязань</t>
   </si>
   <si>
     <t>Казань</t>
   </si>
   <si>
     <t>Тюмень</t>
   </si>
   <si>
     <t>Нижнекамск</t>
   </si>
   <si>
     <t>Чебоксары</t>
   </si>
   <si>
     <t>Феодосия</t>
   </si>
   <si>
     <t>Уфа</t>
   </si>
   <si>
     <t>пгт Даровской</t>
   </si>
   <si>
     <t>Ижевск</t>
   </si>
   <si>
     <t>Набережные Челны</t>
+  </si>
+  <si>
+    <t>курортный посёлок Озеро-Карачи</t>
   </si>
   <si>
     <t>Зеленодольск</t>
   </si>
   <si>
     <t>Альметьевск</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
@@ -1166,56 +1169,58 @@
         <v>8</v>
       </c>
       <c r="B26" s="9" t="s">
         <v>33</v>
       </c>
       <c r="C26" s="8">
         <v>2001</v>
       </c>
       <c r="D26" s="8" t="s">
         <v>75</v>
       </c>
       <c r="E26" s="9" t="s">
         <v>80</v>
       </c>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="1"/>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B27" s="9" t="s">
         <v>34</v>
       </c>
-      <c r="C27" s="8"/>
+      <c r="C27" s="8">
+        <v>1967</v>
+      </c>
       <c r="D27" s="8" t="s">
         <v>75</v>
       </c>
       <c r="E27" s="9" t="s">
-        <v>80</v>
+        <v>89</v>
       </c>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B28" s="9" t="s">
         <v>35</v>
       </c>
       <c r="C28" s="8">
         <v>1970</v>
       </c>
       <c r="D28" s="8" t="s">
         <v>75</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>80</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
@@ -1231,51 +1236,51 @@
       </c>
       <c r="D29" s="8" t="s">
         <v>75</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>80</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B30" s="9" t="s">
         <v>37</v>
       </c>
       <c r="C30" s="8">
         <v>1990</v>
       </c>
       <c r="D30" s="8" t="s">
         <v>75</v>
       </c>
       <c r="E30" s="9" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="9" t="s">
         <v>38</v>
       </c>
       <c r="C31" s="8">
         <v>1988</v>
       </c>
       <c r="D31" s="8" t="s">
         <v>74</v>
       </c>
       <c r="E31" s="9" t="s">
         <v>88</v>
       </c>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
@@ -1833,51 +1838,51 @@
       </c>
       <c r="D60" s="8" t="s">
         <v>75</v>
       </c>
       <c r="E60" s="9" t="s">
         <v>80</v>
       </c>
       <c r="F60" s="1"/>
       <c r="G60" s="1"/>
       <c r="H60" s="1"/>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B61" s="9" t="s">
         <v>68</v>
       </c>
       <c r="C61" s="8">
         <v>1982</v>
       </c>
       <c r="D61" s="8" t="s">
         <v>75</v>
       </c>
       <c r="E61" s="9" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F61" s="1"/>
       <c r="G61" s="1"/>
       <c r="H61" s="1"/>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B62" s="9" t="s">
         <v>69</v>
       </c>
       <c r="C62" s="8">
         <v>1977</v>
       </c>
       <c r="D62" s="8" t="s">
         <v>75</v>
       </c>
       <c r="E62" s="9" t="s">
         <v>80</v>
       </c>
       <c r="F62" s="1"/>
       <c r="G62" s="1"/>
       <c r="H62" s="1"/>
     </row>