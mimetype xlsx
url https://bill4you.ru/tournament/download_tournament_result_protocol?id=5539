--- v0 (2025-10-19)
+++ v1 (2025-12-25)
@@ -218,60 +218,60 @@
   <si>
     <t>Шмакова Алиса</t>
   </si>
   <si>
     <t>Яхимович Алексей</t>
   </si>
   <si>
     <t>Гавриленко Анна</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>МС</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
-    <t>-</t>
-[...1 lines deleted...]
-  <si>
     <t>МСМК</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>2р</t>
+  </si>
+  <si>
+    <t>-</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>ДНР</t>
   </si>
   <si>
     <t>Новосибирская область</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>ХМАО - Югра</t>
   </si>
   <si>
     <t>Свердловская область</t>
   </si>
   <si>
     <t>Ямало-Ненецкий автономный округ</t>
   </si>
@@ -939,51 +939,51 @@
       </c>
       <c r="C16" s="8">
         <v>2009</v>
       </c>
       <c r="D16" s="8" t="s">
         <v>67</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="9" t="s">
         <v>23</v>
       </c>
       <c r="C17" s="8">
         <v>1967</v>
       </c>
       <c r="D17" s="8" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>79</v>
       </c>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>24</v>
       </c>
       <c r="C18" s="8">
         <v>2010</v>
       </c>
       <c r="D18" s="8" t="s">
         <v>67</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>75</v>
       </c>
       <c r="F18" s="1"/>
@@ -999,91 +999,91 @@
       </c>
       <c r="C19" s="8">
         <v>2003</v>
       </c>
       <c r="D19" s="8" t="s">
         <v>67</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>75</v>
       </c>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="9" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="8">
         <v>1986</v>
       </c>
       <c r="D20" s="8" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="9" t="s">
         <v>27</v>
       </c>
       <c r="C21" s="8">
         <v>1983</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>67</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>28</v>
       </c>
       <c r="C22" s="8">
         <v>2006</v>
       </c>
       <c r="D22" s="8" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>74</v>
       </c>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="9" t="s">
         <v>29</v>
       </c>
       <c r="C23" s="8">
         <v>1989</v>
       </c>
       <c r="D23" s="8" t="s">
         <v>67</v>
       </c>
       <c r="E23" s="9" t="s">
         <v>79</v>
       </c>
       <c r="F23" s="1"/>
@@ -1137,151 +1137,151 @@
       </c>
       <c r="C26" s="8">
         <v>1974</v>
       </c>
       <c r="D26" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E26" s="9" t="s">
         <v>74</v>
       </c>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="1"/>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B27" s="9" t="s">
         <v>33</v>
       </c>
       <c r="C27" s="8">
         <v>1990</v>
       </c>
       <c r="D27" s="8" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="E27" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B28" s="9" t="s">
         <v>34</v>
       </c>
       <c r="C28" s="8">
         <v>1979</v>
       </c>
       <c r="D28" s="8" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>35</v>
       </c>
       <c r="C29" s="8">
         <v>1987</v>
       </c>
       <c r="D29" s="8" t="s">
         <v>67</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B30" s="9" t="s">
         <v>36</v>
       </c>
       <c r="C30" s="8">
         <v>2011</v>
       </c>
       <c r="D30" s="8" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="9" t="s">
         <v>37</v>
       </c>
       <c r="C31" s="8">
         <v>1993</v>
       </c>
       <c r="D31" s="8" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="E31" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B32" s="9" t="s">
         <v>38</v>
       </c>
       <c r="C32" s="8">
         <v>1986</v>
       </c>
       <c r="D32" s="8" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B33" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C33" s="8">
         <v>2006</v>
       </c>
       <c r="D33" s="8" t="s">
         <v>67</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F33" s="1"/>
@@ -1377,171 +1377,171 @@
       </c>
       <c r="C38" s="8">
         <v>2012</v>
       </c>
       <c r="D38" s="8" t="s">
         <v>67</v>
       </c>
       <c r="E38" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F38" s="1"/>
       <c r="G38" s="1"/>
       <c r="H38" s="1"/>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B39" s="9" t="s">
         <v>45</v>
       </c>
       <c r="C39" s="8">
         <v>1987</v>
       </c>
       <c r="D39" s="8" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="E39" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B40" s="9" t="s">
         <v>46</v>
       </c>
       <c r="C40" s="8">
         <v>2000</v>
       </c>
       <c r="D40" s="8" t="s">
         <v>67</v>
       </c>
       <c r="E40" s="9" t="s">
         <v>79</v>
       </c>
       <c r="F40" s="1"/>
       <c r="G40" s="1"/>
       <c r="H40" s="1"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B41" s="9" t="s">
         <v>47</v>
       </c>
       <c r="C41" s="8">
         <v>1983</v>
       </c>
       <c r="D41" s="8" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="E41" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F41" s="1"/>
       <c r="G41" s="1"/>
       <c r="H41" s="1"/>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B42" s="9" t="s">
         <v>48</v>
       </c>
       <c r="C42" s="8">
         <v>2010</v>
       </c>
       <c r="D42" s="8" t="s">
         <v>67</v>
       </c>
       <c r="E42" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F42" s="1"/>
       <c r="G42" s="1"/>
       <c r="H42" s="1"/>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B43" s="9" t="s">
         <v>49</v>
       </c>
       <c r="C43" s="8">
         <v>1968</v>
       </c>
       <c r="D43" s="8" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="E43" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B44" s="9" t="s">
         <v>50</v>
       </c>
       <c r="C44" s="8">
         <v>2010</v>
       </c>
       <c r="D44" s="8" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B45" s="9" t="s">
         <v>51</v>
       </c>
       <c r="C45" s="8">
         <v>1982</v>
       </c>
       <c r="D45" s="8" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="E45" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B46" s="9" t="s">
         <v>52</v>
       </c>
       <c r="C46" s="8">
         <v>1972</v>
       </c>
       <c r="D46" s="8" t="s">
         <v>67</v>
       </c>
       <c r="E46" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F46" s="1"/>
@@ -1597,91 +1597,91 @@
       </c>
       <c r="C49" s="8">
         <v>2007</v>
       </c>
       <c r="D49" s="8" t="s">
         <v>67</v>
       </c>
       <c r="E49" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F49" s="1"/>
       <c r="G49" s="1"/>
       <c r="H49" s="1"/>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B50" s="9" t="s">
         <v>56</v>
       </c>
       <c r="C50" s="8">
         <v>1981</v>
       </c>
       <c r="D50" s="8" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="E50" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F50" s="1"/>
       <c r="G50" s="1"/>
       <c r="H50" s="1"/>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B51" s="9" t="s">
         <v>57</v>
       </c>
       <c r="C51" s="8">
         <v>2013</v>
       </c>
       <c r="D51" s="8" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="E51" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F51" s="1"/>
       <c r="G51" s="1"/>
       <c r="H51" s="1"/>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B52" s="9" t="s">
         <v>58</v>
       </c>
       <c r="C52" s="8">
         <v>1978</v>
       </c>
       <c r="D52" s="8" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="E52" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F52" s="1"/>
       <c r="G52" s="1"/>
       <c r="H52" s="1"/>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B53" s="9" t="s">
         <v>59</v>
       </c>
       <c r="C53" s="8">
         <v>2008</v>
       </c>
       <c r="D53" s="8" t="s">
         <v>67</v>
       </c>
       <c r="E53" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F53" s="1"/>
@@ -1717,51 +1717,51 @@
       </c>
       <c r="C55" s="8">
         <v>1986</v>
       </c>
       <c r="D55" s="8" t="s">
         <v>67</v>
       </c>
       <c r="E55" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F55" s="1"/>
       <c r="G55" s="1"/>
       <c r="H55" s="1"/>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="8">
         <v>49</v>
       </c>
       <c r="B56" s="9" t="s">
         <v>62</v>
       </c>
       <c r="C56" s="8">
         <v>2011</v>
       </c>
       <c r="D56" s="8" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="E56" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F56" s="1"/>
       <c r="G56" s="1"/>
       <c r="H56" s="1"/>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="10"/>
       <c r="B57" s="7"/>
       <c r="C57" s="7"/>
       <c r="D57" s="7"/>
       <c r="E57" s="7"/>
       <c r="F57" s="7"/>
       <c r="G57" s="7"/>
       <c r="H57" s="1"/>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="10"/>
       <c r="B58" s="7"/>
       <c r="C58" s="7"/>
       <c r="D58" s="7"/>
       <c r="E58" s="7"/>
       <c r="F58" s="7"/>