--- v0 (2025-10-18)
+++ v1 (2026-03-10)
@@ -107,57 +107,57 @@
   <si>
     <t>Чимбаев Ернар</t>
   </si>
   <si>
     <t>Казыбеков Жанибек</t>
   </si>
   <si>
     <t>Кучкаров Джамолиддин</t>
   </si>
   <si>
     <t>Мадаминов Азиз</t>
   </si>
   <si>
     <t>Пан Максим</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
-    <t>МСМК</t>
+    <t>ЗМС</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
-    <t>ЗМС</t>
+    <t>МСМК</t>
   </si>
   <si>
     <t>МС</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Россия</t>
   </si>
   <si>
     <t>Казахстан</t>
   </si>
   <si>
     <t>Кыргызстан</t>
   </si>
   <si>
     <t>Беларусь</t>
   </si>
   <si>
     <t>Узбекистан</t>
   </si>
 </sst>
 </file>
 
@@ -676,281 +676,281 @@
       <c r="B9" s="9" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="8">
         <v>2004</v>
       </c>
       <c r="D9" s="8" t="s">
         <v>32</v>
       </c>
       <c r="E9" s="9" t="s">
         <v>36</v>
       </c>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="8"/>
       <c r="B10" s="9" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="8">
         <v>1990</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="E10" s="9" t="s">
         <v>37</v>
       </c>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="8"/>
       <c r="B11" s="9" t="s">
         <v>15</v>
       </c>
       <c r="C11" s="8">
         <v>1997</v>
       </c>
       <c r="D11" s="8" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>38</v>
       </c>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="8"/>
       <c r="B12" s="9" t="s">
         <v>16</v>
       </c>
       <c r="C12" s="8">
         <v>1995</v>
       </c>
       <c r="D12" s="8" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>36</v>
       </c>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="8"/>
       <c r="B13" s="9" t="s">
         <v>17</v>
       </c>
       <c r="C13" s="8">
         <v>1990</v>
       </c>
       <c r="D13" s="8" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>36</v>
       </c>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="8"/>
       <c r="B14" s="9" t="s">
         <v>18</v>
       </c>
       <c r="C14" s="8">
         <v>1996</v>
       </c>
       <c r="D14" s="8" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>36</v>
       </c>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="8"/>
       <c r="B15" s="9" t="s">
         <v>19</v>
       </c>
       <c r="C15" s="8">
         <v>1993</v>
       </c>
       <c r="D15" s="8" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>37</v>
       </c>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B16" s="9" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="8">
         <v>1997</v>
       </c>
       <c r="D16" s="8" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>39</v>
       </c>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B17" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C17" s="8">
         <v>1993</v>
       </c>
       <c r="D17" s="8" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>37</v>
       </c>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>22</v>
       </c>
       <c r="C18" s="8">
         <v>1996</v>
       </c>
       <c r="D18" s="8" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>38</v>
       </c>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B19" s="9" t="s">
         <v>23</v>
       </c>
       <c r="C19" s="8">
         <v>1988</v>
       </c>
       <c r="D19" s="8" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>37</v>
       </c>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="9" t="s">
         <v>24</v>
       </c>
       <c r="C20" s="8">
         <v>2002</v>
       </c>
       <c r="D20" s="8" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>37</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="9" t="s">
         <v>25</v>
       </c>
       <c r="C21" s="8">
         <v>1985</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>34</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>40</v>
       </c>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="8">
         <v>1993</v>
       </c>
       <c r="D22" s="8" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>38</v>
       </c>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="9" t="s">
         <v>27</v>
       </c>
       <c r="C23" s="8">
         <v>1992</v>
       </c>
       <c r="D23" s="8" t="s">
         <v>34</v>
       </c>
       <c r="E23" s="9" t="s">
         <v>37</v>
       </c>
       <c r="F23" s="1"/>