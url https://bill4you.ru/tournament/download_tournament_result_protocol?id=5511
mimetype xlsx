--- v0 (2025-10-05)
+++ v1 (2026-02-20)
@@ -83,51 +83,51 @@
   <si>
     <t>Макулов Тимофей</t>
   </si>
   <si>
     <t>Анисимов Степан</t>
   </si>
   <si>
     <t>Зиновьев Максим</t>
   </si>
   <si>
     <t>Медведев Кирилл</t>
   </si>
   <si>
     <t>Шалагин Юрий</t>
   </si>
   <si>
     <t>Антонюк Роман</t>
   </si>
   <si>
     <t>Грачёв Семён</t>
   </si>
   <si>
     <t>Жарких Роман</t>
   </si>
   <si>
-    <t>Богдан Рафаэль</t>
+    <t>Богдан Рафаэл</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
     <t>Город</t>
   </si>