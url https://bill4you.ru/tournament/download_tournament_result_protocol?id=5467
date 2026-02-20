--- v0 (2025-10-22)
+++ v1 (2026-02-20)
@@ -971,51 +971,51 @@
       </c>
       <c r="C18" s="8">
         <v>1991</v>
       </c>
       <c r="D18" s="8" t="s">
         <v>73</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="9" t="s">
         <v>25</v>
       </c>
       <c r="C19" s="8">
         <v>1997</v>
       </c>
       <c r="D19" s="8" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>78</v>
       </c>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="9" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="8">
         <v>1991</v>
       </c>
       <c r="D20" s="8" t="s">
         <v>74</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F20" s="1"/>
@@ -1244,51 +1244,51 @@
       </c>
       <c r="B32" s="9" t="s">
         <v>38</v>
       </c>
       <c r="C32" s="8">
         <v>1986</v>
       </c>
       <c r="D32" s="8" t="s">
         <v>74</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B33" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C33" s="8">
-        <v>1991</v>
+        <v>1993</v>
       </c>
       <c r="D33" s="8" t="s">
         <v>74</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>78</v>
       </c>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B34" s="9" t="s">
         <v>40</v>
       </c>
       <c r="C34" s="8">
         <v>2006</v>
       </c>
       <c r="D34" s="8" t="s">
         <v>71</v>
       </c>
       <c r="E34" s="9" t="s">
@@ -1779,51 +1779,51 @@
       <c r="B60" s="9" t="s">
         <v>66</v>
       </c>
       <c r="C60" s="8">
         <v>1992</v>
       </c>
       <c r="D60" s="8" t="s">
         <v>71</v>
       </c>
       <c r="E60" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F60" s="1"/>
       <c r="G60" s="1"/>
       <c r="H60" s="1"/>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="8"/>
       <c r="B61" s="9" t="s">
         <v>67</v>
       </c>
       <c r="C61" s="8">
         <v>1993</v>
       </c>
       <c r="D61" s="8" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="E61" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F61" s="1"/>
       <c r="G61" s="1"/>
       <c r="H61" s="1"/>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="10"/>
       <c r="B62" s="7"/>
       <c r="C62" s="7"/>
       <c r="D62" s="7"/>
       <c r="E62" s="7"/>
       <c r="F62" s="7"/>
       <c r="G62" s="7"/>
       <c r="H62" s="1"/>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="10"/>
       <c r="B63" s="7"/>
       <c r="C63" s="7"/>
       <c r="D63" s="7"/>
       <c r="E63" s="7"/>
       <c r="F63" s="7"/>