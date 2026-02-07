--- v0 (2025-10-22)
+++ v1 (2026-02-07)
@@ -263,54 +263,54 @@
   <si>
     <t>Рузиев Халил</t>
   </si>
   <si>
     <t>Садыханов Галымжан</t>
   </si>
   <si>
     <t>Свешников Андрей</t>
   </si>
   <si>
     <t>Усенбаев Равиль</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
-    <t>МС</t>
+    <t>КМС</t>
   </si>
   <si>
-    <t>КМС</t>
+    <t>МС</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Казахстан</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
@@ -852,73 +852,75 @@
         <v>3</v>
       </c>
       <c r="B11" s="9" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="8">
         <v>1991</v>
       </c>
       <c r="D11" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>86</v>
       </c>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="9" t="s">
         <v>19</v>
       </c>
-      <c r="C12" s="8"/>
+      <c r="C12" s="8">
+        <v>1986</v>
+      </c>
       <c r="D12" s="8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>86</v>
       </c>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="9" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="8">
         <v>1980</v>
       </c>
       <c r="D13" s="8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>86</v>
       </c>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C14" s="8">
         <v>1983</v>
       </c>
       <c r="D14" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>86</v>
       </c>
       <c r="F14" s="1"/>
@@ -1104,51 +1106,51 @@
         <v>8</v>
       </c>
       <c r="B24" s="9" t="s">
         <v>31</v>
       </c>
       <c r="C24" s="8"/>
       <c r="D24" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>86</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B25" s="9" t="s">
         <v>32</v>
       </c>
       <c r="C25" s="8"/>
       <c r="D25" s="8" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E25" s="9" t="s">
         <v>86</v>
       </c>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B26" s="9" t="s">
         <v>33</v>
       </c>
       <c r="C26" s="8">
         <v>1964</v>
       </c>
       <c r="D26" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E26" s="9" t="s">
         <v>86</v>
       </c>
       <c r="F26" s="1"/>
@@ -1636,51 +1638,51 @@
       <c r="B52" s="9" t="s">
         <v>59</v>
       </c>
       <c r="C52" s="8"/>
       <c r="D52" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E52" s="9" t="s">
         <v>86</v>
       </c>
       <c r="F52" s="1"/>
       <c r="G52" s="1"/>
       <c r="H52" s="1"/>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B53" s="9" t="s">
         <v>60</v>
       </c>
       <c r="C53" s="8">
         <v>1985</v>
       </c>
       <c r="D53" s="8" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="E53" s="9" t="s">
         <v>86</v>
       </c>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="H53" s="1"/>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B54" s="9" t="s">
         <v>61</v>
       </c>
       <c r="C54" s="8"/>
       <c r="D54" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E54" s="9" t="s">
         <v>86</v>
       </c>
       <c r="F54" s="1"/>
       <c r="G54" s="1"/>
       <c r="H54" s="1"/>