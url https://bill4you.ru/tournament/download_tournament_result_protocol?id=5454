--- v0 (2025-10-20)
+++ v1 (2025-12-08)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>ФБС Республики Татарстан</t>
   </si>
   <si>
     <t>1-й этап "Серия бильярдных турниров «СЕЗОНЫ»"</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
-    <t>08.02.2025, Бильярдная 1, Россия, Республика Татарстан, Казань, ул. Рихарда Зорге 66В</t>
+    <t>08.02.2025, Бильярдная 1, Россия, Республика Татарстан (Татарстан), Казань, ул. Рихарда Зорге 66В</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
     <t>17 - 24</t>
   </si>
   <si>
     <t>25 - 32</t>
   </si>
   <si>
     <t>33 - 41</t>
   </si>
   <si>
     <t>Главный судья</t>
   </si>