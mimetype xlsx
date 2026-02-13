--- v1 (2025-12-08)
+++ v2 (2026-02-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
   <si>
     <t>ФБС Республики Татарстан</t>
   </si>
   <si>
     <t>1-й этап "Серия бильярдных турниров «СЕЗОНЫ»"</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>08.02.2025, Бильярдная 1, Россия, Республика Татарстан (Татарстан), Казань, ул. Рихарда Зорге 66В</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
@@ -113,51 +113,51 @@
   <si>
     <t>Вахитов Роман</t>
   </si>
   <si>
     <t>Горчаков Ильдар</t>
   </si>
   <si>
     <t>Исаев Евгений</t>
   </si>
   <si>
     <t>Колпаков Андрей</t>
   </si>
   <si>
     <t>Пушкарев Алексей</t>
   </si>
   <si>
     <t>Чеботарев Александр</t>
   </si>
   <si>
     <t>Аметин Евгений</t>
   </si>
   <si>
     <t>Багавеев Рамиль</t>
   </si>
   <si>
-    <t>Василенко Николай</t>
+    <t>Валерьянов Валерий</t>
   </si>
   <si>
     <t>Самигуллин Арсен</t>
   </si>
   <si>
     <t>Хавкин Валентин</t>
   </si>
   <si>
     <t>Хамидуллин Тимур</t>
   </si>
   <si>
     <t>Шагеев Айрат</t>
   </si>
   <si>
     <t>Шафигуллин Руслан</t>
   </si>
   <si>
     <t>Абдуллаев Сарвар</t>
   </si>
   <si>
     <t>Аширов Рахим</t>
   </si>
   <si>
     <t>Еремин Вадим</t>
   </si>
@@ -216,50 +216,53 @@
     <t>КМС</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>2р</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Набережные Челны</t>
   </si>
   <si>
     <t>Казань</t>
   </si>
   <si>
     <t>Чебоксары</t>
   </si>
   <si>
     <t>Ижевск</t>
+  </si>
+  <si>
+    <t>курортный посёлок Озеро-Карачи</t>
   </si>
   <si>
     <t>Азнакаево</t>
   </si>
   <si>
     <t>Зеленодольск</t>
   </si>
   <si>
     <t>Нижнекамск</t>
   </si>
   <si>
     <t>Агрыз</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1087,56 +1090,58 @@
         <v>8</v>
       </c>
       <c r="B25" s="9" t="s">
         <v>32</v>
       </c>
       <c r="C25" s="8">
         <v>1978</v>
       </c>
       <c r="D25" s="8" t="s">
         <v>60</v>
       </c>
       <c r="E25" s="9" t="s">
         <v>65</v>
       </c>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B26" s="9" t="s">
         <v>33</v>
       </c>
-      <c r="C26" s="8"/>
+      <c r="C26" s="8">
+        <v>1967</v>
+      </c>
       <c r="D26" s="8" t="s">
         <v>60</v>
       </c>
       <c r="E26" s="9" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="1"/>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B27" s="9" t="s">
         <v>34</v>
       </c>
       <c r="C27" s="8">
         <v>2009</v>
       </c>
       <c r="D27" s="8" t="s">
         <v>60</v>
       </c>
       <c r="E27" s="9" t="s">
         <v>65</v>
       </c>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
     </row>
@@ -1188,51 +1193,51 @@
       <c r="C30" s="8">
         <v>2007</v>
       </c>
       <c r="D30" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>65</v>
       </c>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="9" t="s">
         <v>38</v>
       </c>
       <c r="C31" s="8"/>
       <c r="D31" s="8" t="s">
         <v>60</v>
       </c>
       <c r="E31" s="9" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B32" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C32" s="8">
         <v>1983</v>
       </c>
       <c r="D32" s="8" t="s">
         <v>60</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>65</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
     </row>
@@ -1248,51 +1253,51 @@
       </c>
       <c r="D33" s="8" t="s">
         <v>60</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>65</v>
       </c>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B34" s="9" t="s">
         <v>41</v>
       </c>
       <c r="C34" s="8">
         <v>1990</v>
       </c>
       <c r="D34" s="8" t="s">
         <v>60</v>
       </c>
       <c r="E34" s="9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B35" s="9" t="s">
         <v>42</v>
       </c>
       <c r="C35" s="8"/>
       <c r="D35" s="8" t="s">
         <v>60</v>
       </c>
       <c r="E35" s="9" t="s">
         <v>65</v>
       </c>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="8" t="s">
@@ -1418,89 +1423,89 @@
       </c>
       <c r="D42" s="8" t="s">
         <v>60</v>
       </c>
       <c r="E42" s="9" t="s">
         <v>65</v>
       </c>
       <c r="F42" s="1"/>
       <c r="G42" s="1"/>
       <c r="H42" s="1"/>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B43" s="9" t="s">
         <v>50</v>
       </c>
       <c r="C43" s="8">
         <v>1991</v>
       </c>
       <c r="D43" s="8" t="s">
         <v>60</v>
       </c>
       <c r="E43" s="9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B44" s="9" t="s">
         <v>51</v>
       </c>
       <c r="C44" s="8"/>
       <c r="D44" s="8" t="s">
         <v>60</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>66</v>
       </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B45" s="9" t="s">
         <v>52</v>
       </c>
       <c r="C45" s="8">
         <v>2002</v>
       </c>
       <c r="D45" s="8" t="s">
         <v>60</v>
       </c>
       <c r="E45" s="9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B46" s="9" t="s">
         <v>53</v>
       </c>
       <c r="C46" s="8">
         <v>1984</v>
       </c>
       <c r="D46" s="8" t="s">
         <v>60</v>
       </c>
       <c r="E46" s="9" t="s">
         <v>66</v>
       </c>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="1"/>
     </row>