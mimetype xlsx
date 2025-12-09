--- v0 (2025-10-17)
+++ v1 (2025-12-09)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
     <t>Московский Союз Бильярдного Спорта</t>
   </si>
   <si>
     <t>Чемпионат Москвы «Комбинированная пирамида». Мужчины</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>25.01.2025, "Дворец бильярдного спорта", Россия, Москва, Волгоградский пр-т,  46/15,  стр.16</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
@@ -224,77 +224,77 @@
   <si>
     <t>Салов Александр</t>
   </si>
   <si>
     <t>Фильков Сергей</t>
   </si>
   <si>
     <t>Агеенко Александр</t>
   </si>
   <si>
     <t>Баркалов Юрий</t>
   </si>
   <si>
     <t>Дудин Александр</t>
   </si>
   <si>
     <t>Еремин Александр</t>
   </si>
   <si>
     <t>Звездочетов Евгений</t>
   </si>
   <si>
     <t>Кадаев Иван</t>
   </si>
   <si>
+    <t>Карев Матвей</t>
+  </si>
+  <si>
     <t>Кобзев Никита</t>
   </si>
   <si>
     <t>Кодисов Павел</t>
   </si>
   <si>
     <t>Костенко Кирилл</t>
   </si>
   <si>
     <t>Логутев Сергей</t>
   </si>
   <si>
     <t>Майнагашев Станислав</t>
   </si>
   <si>
     <t>Маргулис Ярослав</t>
   </si>
   <si>
     <t>Мельдин Евгений</t>
   </si>
   <si>
     <t>Спичаков Александр</t>
   </si>
   <si>
-    <t>Степин Матвей</t>
-[...1 lines deleted...]
-  <si>
     <t>Тюлькин Виктор</t>
   </si>
   <si>
     <t>Алешкин Федор</t>
   </si>
   <si>
     <t>Башмаков Алексей</t>
   </si>
   <si>
     <t>Белый Антон</t>
   </si>
   <si>
     <t>Вангеласт Павел</t>
   </si>
   <si>
     <t>Журавлев Эдуард</t>
   </si>
   <si>
     <t>Забавников Станислав</t>
   </si>
   <si>
     <t>Кашичкин Никита</t>
   </si>
   <si>
     <t>Климкин Павел</t>
@@ -372,50 +372,53 @@
     <t>1р</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
     <t>2р</t>
   </si>
   <si>
     <t>1юн</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>Париж</t>
   </si>
   <si>
     <t>Иваново</t>
   </si>
   <si>
     <t>Омск</t>
+  </si>
+  <si>
+    <t>Рязань</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -959,51 +962,51 @@
       </c>
       <c r="C11" s="8">
         <v>2004</v>
       </c>
       <c r="D11" s="8" t="s">
         <v>109</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>116</v>
       </c>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="9" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="8">
         <v>1991</v>
       </c>
       <c r="D12" s="8" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>116</v>
       </c>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C13" s="8">
         <v>1993</v>
       </c>
       <c r="D13" s="8" t="s">
         <v>109</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>116</v>
       </c>
       <c r="F13" s="1"/>
@@ -1019,51 +1022,51 @@
       </c>
       <c r="C14" s="8">
         <v>2009</v>
       </c>
       <c r="D14" s="8" t="s">
         <v>108</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>116</v>
       </c>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="9" t="s">
         <v>23</v>
       </c>
       <c r="C15" s="8">
         <v>2009</v>
       </c>
       <c r="D15" s="8" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>116</v>
       </c>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="9" t="s">
         <v>24</v>
       </c>
       <c r="C16" s="8">
         <v>1991</v>
       </c>
       <c r="D16" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>116</v>
       </c>
       <c r="F16" s="1"/>
@@ -1859,51 +1862,51 @@
       </c>
       <c r="C56" s="8">
         <v>1996</v>
       </c>
       <c r="D56" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E56" s="9" t="s">
         <v>116</v>
       </c>
       <c r="F56" s="1"/>
       <c r="G56" s="1"/>
       <c r="H56" s="1"/>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B57" s="9" t="s">
         <v>65</v>
       </c>
       <c r="C57" s="8">
         <v>2007</v>
       </c>
       <c r="D57" s="8" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="E57" s="9" t="s">
         <v>116</v>
       </c>
       <c r="F57" s="1"/>
       <c r="G57" s="1"/>
       <c r="H57" s="1"/>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B58" s="9" t="s">
         <v>66</v>
       </c>
       <c r="C58" s="8">
         <v>1998</v>
       </c>
       <c r="D58" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E58" s="9" t="s">
         <v>116</v>
       </c>
       <c r="F58" s="1"/>
@@ -1954,211 +1957,211 @@
       </c>
       <c r="B61" s="9" t="s">
         <v>69</v>
       </c>
       <c r="C61" s="8">
         <v>1985</v>
       </c>
       <c r="D61" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E61" s="9" t="s">
         <v>116</v>
       </c>
       <c r="F61" s="1"/>
       <c r="G61" s="1"/>
       <c r="H61" s="1"/>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B62" s="9" t="s">
         <v>70</v>
       </c>
       <c r="C62" s="8">
-        <v>2008</v>
+        <v>2005</v>
       </c>
       <c r="D62" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E62" s="9" t="s">
         <v>116</v>
       </c>
       <c r="F62" s="1"/>
       <c r="G62" s="1"/>
       <c r="H62" s="1"/>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B63" s="9" t="s">
         <v>71</v>
       </c>
       <c r="C63" s="8">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="D63" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E63" s="9" t="s">
         <v>116</v>
       </c>
       <c r="F63" s="1"/>
       <c r="G63" s="1"/>
       <c r="H63" s="1"/>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B64" s="9" t="s">
         <v>72</v>
       </c>
       <c r="C64" s="8">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="D64" s="8" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="E64" s="9" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="F64" s="1"/>
       <c r="G64" s="1"/>
       <c r="H64" s="1"/>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B65" s="9" t="s">
         <v>73</v>
       </c>
       <c r="C65" s="8">
-        <v>1988</v>
+        <v>2007</v>
       </c>
       <c r="D65" s="8" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E65" s="9" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="F65" s="1"/>
       <c r="G65" s="1"/>
       <c r="H65" s="1"/>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B66" s="9" t="s">
         <v>74</v>
       </c>
       <c r="C66" s="8">
-        <v>1971</v>
+        <v>1988</v>
       </c>
       <c r="D66" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E66" s="9" t="s">
         <v>116</v>
       </c>
       <c r="F66" s="1"/>
       <c r="G66" s="1"/>
       <c r="H66" s="1"/>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B67" s="9" t="s">
         <v>75</v>
       </c>
       <c r="C67" s="8">
-        <v>2009</v>
+        <v>1971</v>
       </c>
       <c r="D67" s="8" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="E67" s="9" t="s">
         <v>116</v>
       </c>
       <c r="F67" s="1"/>
       <c r="G67" s="1"/>
       <c r="H67" s="1"/>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B68" s="9" t="s">
         <v>76</v>
       </c>
       <c r="C68" s="8">
-        <v>1995</v>
+        <v>2009</v>
       </c>
       <c r="D68" s="8" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="E68" s="9" t="s">
         <v>116</v>
       </c>
       <c r="F68" s="1"/>
       <c r="G68" s="1"/>
       <c r="H68" s="1"/>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B69" s="9" t="s">
         <v>77</v>
       </c>
       <c r="C69" s="8">
         <v>1995</v>
       </c>
       <c r="D69" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E69" s="9" t="s">
         <v>116</v>
       </c>
       <c r="F69" s="1"/>
       <c r="G69" s="1"/>
       <c r="H69" s="1"/>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B70" s="9" t="s">
         <v>78</v>
       </c>
       <c r="C70" s="8">
-        <v>2005</v>
+        <v>1995</v>
       </c>
       <c r="D70" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E70" s="9" t="s">
         <v>116</v>
       </c>
       <c r="F70" s="1"/>
       <c r="G70" s="1"/>
       <c r="H70" s="1"/>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B71" s="9" t="s">
         <v>79</v>
       </c>
       <c r="C71" s="8">
         <v>2009</v>
       </c>
       <c r="D71" s="8" t="s">
         <v>114</v>
       </c>
       <c r="E71" s="9" t="s">
@@ -2293,56 +2296,58 @@
         <v>11</v>
       </c>
       <c r="B78" s="9" t="s">
         <v>86</v>
       </c>
       <c r="C78" s="8">
         <v>2009</v>
       </c>
       <c r="D78" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E78" s="9" t="s">
         <v>116</v>
       </c>
       <c r="F78" s="1"/>
       <c r="G78" s="1"/>
       <c r="H78" s="1"/>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B79" s="9" t="s">
         <v>87</v>
       </c>
-      <c r="C79" s="8"/>
+      <c r="C79" s="8">
+        <v>1987</v>
+      </c>
       <c r="D79" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E79" s="9" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="F79" s="1"/>
       <c r="G79" s="1"/>
       <c r="H79" s="1"/>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B80" s="9" t="s">
         <v>88</v>
       </c>
       <c r="C80" s="8">
         <v>2010</v>
       </c>
       <c r="D80" s="8" t="s">
         <v>113</v>
       </c>
       <c r="E80" s="9" t="s">
         <v>116</v>
       </c>
       <c r="F80" s="1"/>
       <c r="G80" s="1"/>
       <c r="H80" s="1"/>
     </row>