--- v1 (2025-12-09)
+++ v2 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="119">
   <si>
     <t>Московский Союз Бильярдного Спорта</t>
   </si>
   <si>
     <t>Чемпионат Москвы «Комбинированная пирамида». Мужчины</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>25.01.2025, "Дворец бильярдного спорта", Россия, Москва, Волгоградский пр-т,  46/15,  стр.16</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
@@ -365,60 +365,54 @@
   <si>
     <t>МС</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
     <t>2р</t>
   </si>
   <si>
     <t>1юн</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
+    <t>Волжский</t>
+  </si>
+  <si>
     <t>Париж</t>
-  </si>
-[...7 lines deleted...]
-    <t>Рязань</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -945,51 +939,51 @@
       </c>
       <c r="D10" s="8" t="s">
         <v>108</v>
       </c>
       <c r="E10" s="9" t="s">
         <v>116</v>
       </c>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="8">
         <v>3</v>
       </c>
       <c r="B11" s="9" t="s">
         <v>19</v>
       </c>
       <c r="C11" s="8">
         <v>2004</v>
       </c>
       <c r="D11" s="8" t="s">
         <v>109</v>
       </c>
       <c r="E11" s="9" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="9" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="8">
         <v>1991</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>108</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>116</v>
       </c>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
@@ -1262,54 +1256,54 @@
       </c>
       <c r="C26" s="8">
         <v>1996</v>
       </c>
       <c r="D26" s="8" t="s">
         <v>109</v>
       </c>
       <c r="E26" s="9" t="s">
         <v>116</v>
       </c>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="1"/>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B27" s="9" t="s">
         <v>35</v>
       </c>
       <c r="C27" s="8">
         <v>2001</v>
       </c>
       <c r="D27" s="8" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="E27" s="9" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B28" s="9" t="s">
         <v>36</v>
       </c>
       <c r="C28" s="8">
         <v>1990</v>
       </c>
       <c r="D28" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>116</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
@@ -1425,51 +1419,51 @@
       </c>
       <c r="D34" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>116</v>
       </c>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B35" s="9" t="s">
         <v>43</v>
       </c>
       <c r="C35" s="8">
         <v>2008</v>
       </c>
       <c r="D35" s="8" t="s">
         <v>108</v>
       </c>
       <c r="E35" s="9" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B36" s="9" t="s">
         <v>44</v>
       </c>
       <c r="C36" s="8">
         <v>1983</v>
       </c>
       <c r="D36" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E36" s="9" t="s">
         <v>116</v>
       </c>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
     </row>
@@ -2023,51 +2017,51 @@
       </c>
       <c r="D64" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E64" s="9" t="s">
         <v>116</v>
       </c>
       <c r="F64" s="1"/>
       <c r="G64" s="1"/>
       <c r="H64" s="1"/>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B65" s="9" t="s">
         <v>73</v>
       </c>
       <c r="C65" s="8">
         <v>2007</v>
       </c>
       <c r="D65" s="8" t="s">
         <v>111</v>
       </c>
       <c r="E65" s="9" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="F65" s="1"/>
       <c r="G65" s="1"/>
       <c r="H65" s="1"/>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B66" s="9" t="s">
         <v>74</v>
       </c>
       <c r="C66" s="8">
         <v>1988</v>
       </c>
       <c r="D66" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E66" s="9" t="s">
         <v>116</v>
       </c>
       <c r="F66" s="1"/>
       <c r="G66" s="1"/>
       <c r="H66" s="1"/>
     </row>
@@ -2297,57 +2291,57 @@
       </c>
       <c r="B78" s="9" t="s">
         <v>86</v>
       </c>
       <c r="C78" s="8">
         <v>2009</v>
       </c>
       <c r="D78" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E78" s="9" t="s">
         <v>116</v>
       </c>
       <c r="F78" s="1"/>
       <c r="G78" s="1"/>
       <c r="H78" s="1"/>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B79" s="9" t="s">
         <v>87</v>
       </c>
       <c r="C79" s="8">
-        <v>1987</v>
+        <v>1982</v>
       </c>
       <c r="D79" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E79" s="9" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="F79" s="1"/>
       <c r="G79" s="1"/>
       <c r="H79" s="1"/>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B80" s="9" t="s">
         <v>88</v>
       </c>
       <c r="C80" s="8">
         <v>2010</v>
       </c>
       <c r="D80" s="8" t="s">
         <v>113</v>
       </c>
       <c r="E80" s="9" t="s">
         <v>116</v>
       </c>
       <c r="F80" s="1"/>
       <c r="G80" s="1"/>
       <c r="H80" s="1"/>
     </row>