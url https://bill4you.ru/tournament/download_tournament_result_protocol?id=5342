--- v0 (2025-12-08)
+++ v1 (2026-02-12)
@@ -89,51 +89,51 @@
   <si>
     <t>Казак Кирилл</t>
   </si>
   <si>
     <t>Губко Александр</t>
   </si>
   <si>
     <t>Катаев Дмитрий</t>
   </si>
   <si>
     <t>Катаев Максим</t>
   </si>
   <si>
     <t>Мерзляков Сергей</t>
   </si>
   <si>
     <t>Бастрыкин Иван</t>
   </si>
   <si>
     <t>Гладкова Наталья</t>
   </si>
   <si>
     <t>Делидов Глеб</t>
   </si>
   <si>
-    <t>Николай Фетисов</t>
+    <t>Фетисов Николай</t>
   </si>
   <si>
     <t>Гладков Сергей</t>
   </si>
   <si>
     <t>Королев Дмитрий</t>
   </si>
   <si>
     <t>Первушина Наталья</t>
   </si>
   <si>
     <t>Слепченков Илья</t>
   </si>
   <si>
     <t>Жданов Андрей</t>
   </si>
   <si>
     <t>Нежданов Роман</t>
   </si>
   <si>
     <t>Плотников Антон</t>
   </si>
   <si>
     <t>Плотников Семен</t>
   </si>