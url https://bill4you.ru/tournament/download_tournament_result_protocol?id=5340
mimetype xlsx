--- v0 (2025-10-04)
+++ v1 (2026-01-09)
@@ -62,84 +62,84 @@
   <si>
     <t>Главный судья</t>
   </si>
   <si>
     <t>Главный секретарь</t>
   </si>
   <si>
     <t>Судья</t>
   </si>
   <si>
     <t>Спортсмен</t>
   </si>
   <si>
     <t>Беловы</t>
   </si>
   <si>
     <t>Белов Семен</t>
   </si>
   <si>
     <t>Самурайки</t>
   </si>
   <si>
     <t>Акопян Есения</t>
   </si>
   <si>
+    <t>Гризли</t>
+  </si>
+  <si>
+    <t>Гаврилович Софья</t>
+  </si>
+  <si>
     <t>Московское долголетие</t>
   </si>
   <si>
     <t>Егоров Александр</t>
-  </si>
-[...4 lines deleted...]
-    <t>Гаврилович Софья</t>
   </si>
   <si>
     <t>Соники</t>
   </si>
   <si>
     <t>Булыкин Ярослав</t>
   </si>
   <si>
     <t>Ратины</t>
   </si>
   <si>
     <t>Ратин Ярослав</t>
   </si>
   <si>
+    <t>Ассесоровы</t>
+  </si>
+  <si>
+    <t>Ассесоров Михаил</t>
+  </si>
+  <si>
     <t>Команда из ТиНАО</t>
   </si>
   <si>
     <t>Чечин Давид</t>
-  </si>
-[...4 lines deleted...]
-    <t>Ассесоров Михаил</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>Воронина Светлана</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
 </sst>
 </file>
 
@@ -740,95 +740,95 @@
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="10">
         <v>3</v>
       </c>
       <c r="B14" s="11" t="s">
         <v>16</v>
       </c>
       <c r="C14" s="11"/>
       <c r="D14" s="11"/>
       <c r="E14" s="11" t="s">
         <v>34</v>
       </c>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="9"/>
       <c r="B15" s="12" t="s">
         <v>17</v>
       </c>
-      <c r="C15" s="9"/>
+      <c r="C15" s="9">
+        <v>2013</v>
+      </c>
       <c r="D15" s="9" t="s">
         <v>32</v>
       </c>
       <c r="E15" s="12" t="s">
         <v>34</v>
       </c>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8" customHeight="1" ht="3">
       <c r="A16" s="9"/>
       <c r="B16" s="12"/>
       <c r="C16" s="9"/>
       <c r="D16" s="9"/>
       <c r="E16" s="12"/>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="10">
         <v>3</v>
       </c>
       <c r="B17" s="11" t="s">
         <v>18</v>
       </c>
       <c r="C17" s="11"/>
       <c r="D17" s="11"/>
       <c r="E17" s="11" t="s">
         <v>34</v>
       </c>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="9"/>
       <c r="B18" s="12" t="s">
         <v>19</v>
       </c>
-      <c r="C18" s="9">
-[...1 lines deleted...]
-      </c>
+      <c r="C18" s="9"/>
       <c r="D18" s="9" t="s">
         <v>32</v>
       </c>
       <c r="E18" s="12" t="s">
         <v>34</v>
       </c>
       <c r="F18" s="7"/>
       <c r="G18" s="7"/>
       <c r="H18" s="1"/>
     </row>
     <row r="19" spans="1:8" customHeight="1" ht="3">
       <c r="A19" s="9"/>
       <c r="B19" s="12"/>
       <c r="C19" s="9"/>
       <c r="D19" s="9"/>
       <c r="E19" s="12"/>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B20" s="11" t="s">
@@ -912,95 +912,95 @@
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B26" s="11" t="s">
         <v>24</v>
       </c>
       <c r="C26" s="11"/>
       <c r="D26" s="11"/>
       <c r="E26" s="11" t="s">
         <v>34</v>
       </c>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="1"/>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="9"/>
       <c r="B27" s="12" t="s">
         <v>25</v>
       </c>
-      <c r="C27" s="9"/>
+      <c r="C27" s="9">
+        <v>2013</v>
+      </c>
       <c r="D27" s="9" t="s">
         <v>32</v>
       </c>
       <c r="E27" s="12" t="s">
         <v>34</v>
       </c>
       <c r="F27" s="7"/>
       <c r="G27" s="7"/>
       <c r="H27" s="1"/>
     </row>
     <row r="28" spans="1:8" customHeight="1" ht="3">
       <c r="A28" s="9"/>
       <c r="B28" s="12"/>
       <c r="C28" s="9"/>
       <c r="D28" s="9"/>
       <c r="E28" s="12"/>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B29" s="11" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="11"/>
       <c r="D29" s="11"/>
       <c r="E29" s="11" t="s">
         <v>34</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="9"/>
       <c r="B30" s="12" t="s">
         <v>27</v>
       </c>
-      <c r="C30" s="9">
-[...1 lines deleted...]
-      </c>
+      <c r="C30" s="9"/>
       <c r="D30" s="9" t="s">
         <v>32</v>
       </c>
       <c r="E30" s="12" t="s">
         <v>34</v>
       </c>
       <c r="F30" s="7"/>
       <c r="G30" s="7"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8" customHeight="1" ht="3">
       <c r="A31" s="9"/>
       <c r="B31" s="12"/>
       <c r="C31" s="9"/>
       <c r="D31" s="9"/>
       <c r="E31" s="12"/>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="13"/>
       <c r="B32" s="8"/>
       <c r="C32" s="8"/>
       <c r="D32" s="8"/>