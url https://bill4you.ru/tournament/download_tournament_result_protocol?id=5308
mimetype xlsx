--- v0 (2025-12-19)
+++ v1 (2026-03-20)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
   <si>
-    <t>Федерация бильярдного спорта России</t>
+    <t>ФБСР</t>
   </si>
   <si>
     <t>Кубок России «Пул». Мужчины. 1 этап</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>18.01.2025, "Дворец бильярдного спорта", Россия, Москва, Волгоградский пр-т,  46/15,  стр.16</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
     <t>17 - 24</t>
   </si>
@@ -1134,51 +1134,51 @@
       </c>
       <c r="C25" s="8">
         <v>2008</v>
       </c>
       <c r="D25" s="8" t="s">
         <v>71</v>
       </c>
       <c r="E25" s="9" t="s">
         <v>76</v>
       </c>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B26" s="9" t="s">
         <v>33</v>
       </c>
       <c r="C26" s="8">
         <v>1960</v>
       </c>
       <c r="D26" s="8" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E26" s="9" t="s">
         <v>76</v>
       </c>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="1"/>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B27" s="9" t="s">
         <v>34</v>
       </c>
       <c r="C27" s="8">
         <v>2005</v>
       </c>
       <c r="D27" s="8" t="s">
         <v>70</v>
       </c>
       <c r="E27" s="9" t="s">
         <v>76</v>
       </c>
       <c r="F27" s="1"/>
@@ -1494,51 +1494,51 @@
       </c>
       <c r="C43" s="8">
         <v>1989</v>
       </c>
       <c r="D43" s="8" t="s">
         <v>70</v>
       </c>
       <c r="E43" s="9" t="s">
         <v>76</v>
       </c>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B44" s="9" t="s">
         <v>51</v>
       </c>
       <c r="C44" s="8">
         <v>1972</v>
       </c>
       <c r="D44" s="8" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>81</v>
       </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B45" s="9" t="s">
         <v>52</v>
       </c>
       <c r="C45" s="8">
         <v>1982</v>
       </c>
       <c r="D45" s="8" t="s">
         <v>70</v>
       </c>
       <c r="E45" s="9" t="s">
         <v>76</v>
       </c>
       <c r="F45" s="1"/>