--- v0 (2025-10-21)
+++ v1 (2026-03-04)
@@ -957,51 +957,51 @@
       </c>
       <c r="C22" s="8">
         <v>1974</v>
       </c>
       <c r="D22" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>44</v>
       </c>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B23" s="9" t="s">
         <v>29</v>
       </c>
       <c r="C23" s="8">
         <v>2010</v>
       </c>
       <c r="D23" s="8" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="E23" s="9" t="s">
         <v>44</v>
       </c>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B24" s="9" t="s">
         <v>30</v>
       </c>
       <c r="C24" s="8">
         <v>1974</v>
       </c>
       <c r="D24" s="8" t="s">
         <v>40</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>45</v>
       </c>
       <c r="F24" s="1"/>