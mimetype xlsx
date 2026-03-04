--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
   <si>
     <t xml:space="preserve">ФБС Новосибирской области </t>
   </si>
   <si>
     <t>Чемпионат Новосибирской области "Комбинированная пирамида", мужчины</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>25.01.2025, "Федерация", Россия, Новосибирская область, Новосибирск, ул. Вокзальная магистраль,  д. 1б</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
@@ -291,50 +291,53 @@
     <t>Город</t>
   </si>
   <si>
     <t>Новосибирск</t>
   </si>
   <si>
     <t>Красноярск</t>
   </si>
   <si>
     <t>Бердск</t>
   </si>
   <si>
     <t>село Здвинск</t>
   </si>
   <si>
     <t>Болотное</t>
   </si>
   <si>
     <t>село Довольное</t>
   </si>
   <si>
     <t>Карасук</t>
   </si>
   <si>
     <t>рабочий посёлок Краснообск</t>
+  </si>
+  <si>
+    <t>Якутск</t>
   </si>
   <si>
     <t>село Боровое</t>
   </si>
   <si>
     <t>рабочий посёлок Мошково</t>
   </si>
   <si>
     <t>Куйбышев</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1510,51 +1513,51 @@
       </c>
       <c r="D42" s="8" t="s">
         <v>79</v>
       </c>
       <c r="E42" s="9" t="s">
         <v>85</v>
       </c>
       <c r="F42" s="1"/>
       <c r="G42" s="1"/>
       <c r="H42" s="1"/>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B43" s="9" t="s">
         <v>50</v>
       </c>
       <c r="C43" s="8">
         <v>1964</v>
       </c>
       <c r="D43" s="8" t="s">
         <v>80</v>
       </c>
       <c r="E43" s="9" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B44" s="9" t="s">
         <v>51</v>
       </c>
       <c r="C44" s="8">
         <v>1958</v>
       </c>
       <c r="D44" s="8" t="s">
         <v>80</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>85</v>
       </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
     </row>
@@ -1610,71 +1613,71 @@
       </c>
       <c r="D47" s="8" t="s">
         <v>80</v>
       </c>
       <c r="E47" s="9" t="s">
         <v>85</v>
       </c>
       <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B48" s="9" t="s">
         <v>55</v>
       </c>
       <c r="C48" s="8">
         <v>1984</v>
       </c>
       <c r="D48" s="8" t="s">
         <v>80</v>
       </c>
       <c r="E48" s="9" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="F48" s="1"/>
       <c r="G48" s="1"/>
       <c r="H48" s="1"/>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B49" s="9" t="s">
         <v>56</v>
       </c>
       <c r="C49" s="8">
         <v>1978</v>
       </c>
       <c r="D49" s="8" t="s">
         <v>80</v>
       </c>
       <c r="E49" s="9" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F49" s="1"/>
       <c r="G49" s="1"/>
       <c r="H49" s="1"/>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B50" s="9" t="s">
         <v>57</v>
       </c>
       <c r="C50" s="8">
         <v>1972</v>
       </c>
       <c r="D50" s="8" t="s">
         <v>80</v>
       </c>
       <c r="E50" s="9" t="s">
         <v>87</v>
       </c>
       <c r="F50" s="1"/>
       <c r="G50" s="1"/>
       <c r="H50" s="1"/>
     </row>
@@ -1830,51 +1833,51 @@
       </c>
       <c r="D58" s="8" t="s">
         <v>80</v>
       </c>
       <c r="E58" s="9" t="s">
         <v>85</v>
       </c>
       <c r="F58" s="1"/>
       <c r="G58" s="1"/>
       <c r="H58" s="1"/>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B59" s="9" t="s">
         <v>66</v>
       </c>
       <c r="C59" s="8">
         <v>1963</v>
       </c>
       <c r="D59" s="8" t="s">
         <v>80</v>
       </c>
       <c r="E59" s="9" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="F59" s="1"/>
       <c r="G59" s="1"/>
       <c r="H59" s="1"/>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B60" s="9" t="s">
         <v>67</v>
       </c>
       <c r="C60" s="8">
         <v>2013</v>
       </c>
       <c r="D60" s="8" t="s">
         <v>81</v>
       </c>
       <c r="E60" s="9" t="s">
         <v>85</v>
       </c>
       <c r="F60" s="1"/>
       <c r="G60" s="1"/>
       <c r="H60" s="1"/>
     </row>
@@ -1890,111 +1893,111 @@
       </c>
       <c r="D61" s="8" t="s">
         <v>80</v>
       </c>
       <c r="E61" s="9" t="s">
         <v>85</v>
       </c>
       <c r="F61" s="1"/>
       <c r="G61" s="1"/>
       <c r="H61" s="1"/>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B62" s="9" t="s">
         <v>69</v>
       </c>
       <c r="C62" s="8">
         <v>1988</v>
       </c>
       <c r="D62" s="8" t="s">
         <v>80</v>
       </c>
       <c r="E62" s="9" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F62" s="1"/>
       <c r="G62" s="1"/>
       <c r="H62" s="1"/>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B63" s="9" t="s">
         <v>70</v>
       </c>
       <c r="C63" s="8">
         <v>1970</v>
       </c>
       <c r="D63" s="8" t="s">
         <v>80</v>
       </c>
       <c r="E63" s="9" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="F63" s="1"/>
       <c r="G63" s="1"/>
       <c r="H63" s="1"/>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B64" s="9" t="s">
         <v>71</v>
       </c>
       <c r="C64" s="8">
         <v>2011</v>
       </c>
       <c r="D64" s="8" t="s">
         <v>81</v>
       </c>
       <c r="E64" s="9" t="s">
         <v>85</v>
       </c>
       <c r="F64" s="1"/>
       <c r="G64" s="1"/>
       <c r="H64" s="1"/>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B65" s="9" t="s">
         <v>72</v>
       </c>
       <c r="C65" s="8">
         <v>1975</v>
       </c>
       <c r="D65" s="8" t="s">
         <v>80</v>
       </c>
       <c r="E65" s="9" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F65" s="1"/>
       <c r="G65" s="1"/>
       <c r="H65" s="1"/>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B66" s="9" t="s">
         <v>73</v>
       </c>
       <c r="C66" s="8">
         <v>2003</v>
       </c>
       <c r="D66" s="8" t="s">
         <v>80</v>
       </c>
       <c r="E66" s="9" t="s">
         <v>92</v>
       </c>
       <c r="F66" s="1"/>
       <c r="G66" s="1"/>
       <c r="H66" s="1"/>
     </row>