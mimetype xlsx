--- v0 (2025-12-10)
+++ v1 (2026-01-29)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>Федерация бильярдного спорта России</t>
+    <t>ФБСР</t>
   </si>
   <si>
     <t>Первенство России 15кр юноши до 19 лет</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>18.03.2025, Московская академия снукера, Россия, Москва, Ракетный бул.,  д. 16,  6 эт.</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 6</t>
   </si>
   <si>
     <t>7 - 9</t>
   </si>
   <si>
     <t>10 - 11</t>
   </si>