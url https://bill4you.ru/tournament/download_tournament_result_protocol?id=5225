--- v1 (2026-01-29)
+++ v2 (2026-03-17)
@@ -101,57 +101,57 @@
   <si>
     <t>Смирнов Роман</t>
   </si>
   <si>
     <t>Кисляков Арсений</t>
   </si>
   <si>
     <t>Шишков Артём</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>Карапетов Сергей</t>
   </si>
   <si>
     <t>Гурова Виктория</t>
   </si>
   <si>
     <t>Сероштан Андрей</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
-    <t>1р</t>
+    <t>КМС</t>
   </si>
   <si>
     <t>1юн</t>
   </si>
   <si>
-    <t>КМС</t>
+    <t>1р</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Россия</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -664,91 +664,91 @@
       </c>
       <c r="C9" s="8">
         <v>2013</v>
       </c>
       <c r="D9" s="8" t="s">
         <v>30</v>
       </c>
       <c r="E9" s="9" t="s">
         <v>34</v>
       </c>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="8">
         <v>3</v>
       </c>
       <c r="B10" s="9" t="s">
         <v>15</v>
       </c>
       <c r="C10" s="8">
         <v>2006</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E10" s="9" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="8">
         <v>3</v>
       </c>
       <c r="B11" s="9" t="s">
         <v>16</v>
       </c>
       <c r="C11" s="8">
         <v>2008</v>
       </c>
       <c r="D11" s="8" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>34</v>
       </c>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="9" t="s">
         <v>17</v>
       </c>
       <c r="C12" s="8">
         <v>2007</v>
       </c>
       <c r="D12" s="8" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>34</v>
       </c>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="9" t="s">
         <v>18</v>
       </c>
       <c r="C13" s="8">
         <v>2012</v>
       </c>
       <c r="D13" s="8" t="s">
         <v>32</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>34</v>
       </c>
       <c r="F13" s="1"/>