--- v0 (2025-11-20)
+++ v1 (2026-01-19)
@@ -965,53 +965,55 @@
         <v>3</v>
       </c>
       <c r="B10" s="9" t="s">
         <v>18</v>
       </c>
       <c r="C10" s="8">
         <v>1987</v>
       </c>
       <c r="D10" s="8" t="s">
         <v>113</v>
       </c>
       <c r="E10" s="9" t="s">
         <v>123</v>
       </c>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="8">
         <v>3</v>
       </c>
       <c r="B11" s="9" t="s">
         <v>19</v>
       </c>
-      <c r="C11" s="8"/>
+      <c r="C11" s="8">
+        <v>1986</v>
+      </c>
       <c r="D11" s="8" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>123</v>
       </c>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="9" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="8">
         <v>1989</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>113</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>123</v>
       </c>
       <c r="F12" s="1"/>