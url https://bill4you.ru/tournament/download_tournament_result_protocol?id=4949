--- v0 (2025-10-23)
+++ v1 (2025-12-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>Федерация бильярдного спорта России</t>
   </si>
   <si>
     <t>Кубок России U17 Суперфинал Юноши до 17 лет</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>14.12.2024, "Дворец бильярдного спорта", Россия, Москва, Волгоградский пр-т,  46/15,  стр.16</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 6</t>
   </si>
   <si>
     <t>7 - 8</t>
   </si>
   <si>
@@ -92,102 +92,99 @@
   <si>
     <t>Гайковас Андрей</t>
   </si>
   <si>
     <t>Ефремов Тимофей</t>
   </si>
   <si>
     <t>Быков Дмитрий</t>
   </si>
   <si>
     <t>Роговой Евгений</t>
   </si>
   <si>
     <t>Половинко Степан</t>
   </si>
   <si>
     <t>Садовский Федор</t>
   </si>
   <si>
     <t>Тимофеев Георгий</t>
   </si>
   <si>
     <t>Шалагин Юрий</t>
   </si>
   <si>
-    <t>Богдан Рафаэль</t>
+    <t>Богдан Рафаэл</t>
   </si>
   <si>
     <t>Медведев Кирилл</t>
   </si>
   <si>
     <t>Смирнов Роман</t>
   </si>
   <si>
     <t>Тюняев Всеволод</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>МС</t>
   </si>
   <si>
     <t>2р</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>Минск</t>
   </si>
   <si>
     <t>Санкт-Петербург</t>
-  </si>
-[...1 lines deleted...]
-    <t>Федеральный округ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -894,51 +891,51 @@
       </c>
       <c r="D19" s="8" t="s">
         <v>33</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>40</v>
       </c>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B20" s="9" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="8">
         <v>2008</v>
       </c>
       <c r="D20" s="8" t="s">
         <v>34</v>
       </c>
       <c r="E20" s="9" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B21" s="9" t="s">
         <v>27</v>
       </c>
       <c r="C21" s="8">
         <v>2008</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>38</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>40</v>
       </c>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
     </row>