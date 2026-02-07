--- v1 (2025-12-10)
+++ v2 (2026-02-07)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>Федерация бильярдного спорта России</t>
+    <t>ФБСР</t>
   </si>
   <si>
     <t>Кубок России U17 Суперфинал Юноши до 17 лет</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>14.12.2024, "Дворец бильярдного спорта", Россия, Москва, Волгоградский пр-т,  46/15,  стр.16</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 6</t>
   </si>
   <si>
     <t>7 - 8</t>
   </si>
   <si>
     <t>9 - 12</t>
   </si>