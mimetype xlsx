--- v0 (2025-10-09)
+++ v1 (2026-02-01)
@@ -83,54 +83,54 @@
   <si>
     <t>Мороз Родион</t>
   </si>
   <si>
     <t>Гомозов Глеб</t>
   </si>
   <si>
     <t>Лунев Кирилл</t>
   </si>
   <si>
     <t>Алексеев Павел</t>
   </si>
   <si>
     <t>Вагин Богдан</t>
   </si>
   <si>
     <t>Гурбанов Святослав</t>
   </si>
   <si>
     <t>Москвин Матвей</t>
   </si>
   <si>
     <t>Бенедюк Мария</t>
   </si>
   <si>
-    <t>Гурбанов Станислав</t>
+    <t>Берко Маргарита</t>
   </si>
   <si>
-    <t>Черноусенко Маргарита</t>
+    <t>Гурбанов Станислав</t>
   </si>
   <si>
     <t>Шаповалов Егор</t>
   </si>
   <si>
     <t>Вербитская Виктория</t>
   </si>
   <si>
     <t>Гринчук Николай</t>
   </si>
   <si>
     <t>Уздемир Владислава</t>
   </si>
   <si>
     <t>Харламов Аким</t>
   </si>
   <si>
     <t>Борисенко Виталий</t>
   </si>
   <si>
     <t>Калинин Олег</t>
   </si>
   <si>
     <t>Прищепа Герман</t>
   </si>
@@ -822,71 +822,71 @@
       </c>
       <c r="B16" s="9" t="s">
         <v>22</v>
       </c>
       <c r="C16" s="8">
         <v>2013</v>
       </c>
       <c r="D16" s="8" t="s">
         <v>38</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>40</v>
       </c>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="9" t="s">
         <v>23</v>
       </c>
       <c r="C17" s="8">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="D17" s="8" t="s">
         <v>38</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>41</v>
       </c>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>24</v>
       </c>
       <c r="C18" s="8">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="D18" s="8" t="s">
         <v>38</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>41</v>
       </c>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="9" t="s">
         <v>25</v>
       </c>
       <c r="C19" s="8">
         <v>2009</v>
       </c>
       <c r="D19" s="8" t="s">
         <v>38</v>
       </c>
       <c r="E19" s="9" t="s">