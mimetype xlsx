--- v0 (2025-10-08)
+++ v1 (2026-02-05)
@@ -1266,51 +1266,53 @@
         <v>8</v>
       </c>
       <c r="B28" s="9" t="s">
         <v>36</v>
       </c>
       <c r="C28" s="8">
         <v>1984</v>
       </c>
       <c r="D28" s="8" t="s">
         <v>107</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>110</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>37</v>
       </c>
-      <c r="C29" s="8"/>
+      <c r="C29" s="8">
+        <v>1996</v>
+      </c>
       <c r="D29" s="8" t="s">
         <v>107</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>109</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B30" s="9" t="s">
         <v>38</v>
       </c>
       <c r="C30" s="8">
         <v>1992</v>
       </c>
       <c r="D30" s="8" t="s">
         <v>107</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>110</v>