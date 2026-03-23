--- v1 (2026-02-05)
+++ v2 (2026-03-23)
@@ -2568,51 +2568,53 @@
         <v>11</v>
       </c>
       <c r="B94" s="9" t="s">
         <v>102</v>
       </c>
       <c r="C94" s="8">
         <v>1971</v>
       </c>
       <c r="D94" s="8" t="s">
         <v>107</v>
       </c>
       <c r="E94" s="9" t="s">
         <v>110</v>
       </c>
       <c r="F94" s="1"/>
       <c r="G94" s="1"/>
       <c r="H94" s="1"/>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B95" s="9" t="s">
         <v>103</v>
       </c>
-      <c r="C95" s="8"/>
+      <c r="C95" s="8">
+        <v>1993</v>
+      </c>
       <c r="D95" s="8" t="s">
         <v>107</v>
       </c>
       <c r="E95" s="9" t="s">
         <v>109</v>
       </c>
       <c r="F95" s="1"/>
       <c r="G95" s="1"/>
       <c r="H95" s="1"/>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" s="10"/>
       <c r="B96" s="7"/>
       <c r="C96" s="7"/>
       <c r="D96" s="7"/>
       <c r="E96" s="7"/>
       <c r="F96" s="7"/>
       <c r="G96" s="7"/>
       <c r="H96" s="1"/>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" s="10"/>
       <c r="B97" s="7"/>
       <c r="C97" s="7"/>
       <c r="D97" s="7"/>