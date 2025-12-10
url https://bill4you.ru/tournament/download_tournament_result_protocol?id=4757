--- v0 (2025-10-05)
+++ v1 (2025-12-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="122">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
     <t>Московский Союз Бильярдного Спорта</t>
   </si>
   <si>
     <t>Корона. Открытый Кубок Москвы. Мужчины. 4 этап</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>30.11.2024, "Дворец бильярдного спорта", Россия, Москва, Волгоградский пр-т,  46/15,  стр.16</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
@@ -311,51 +311,51 @@
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>МСМК</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>МС</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
-    <t>ЗМС</t>
+    <t>3юн</t>
   </si>
   <si>
     <t>2р</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Гомельская область</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>город республиканского подчинения Ош</t>
   </si>
   <si>
     <t>Рязанская область</t>
   </si>
   <si>
     <t>Вильнюсский уезд</t>
   </si>
@@ -363,53 +363,50 @@
     <t>ДНР</t>
   </si>
   <si>
     <t>ХМАО - Югра</t>
   </si>
   <si>
     <t>Красноярский край</t>
   </si>
   <si>
     <t>город республиканского подчинения Бишкек</t>
   </si>
   <si>
     <t>Ереван</t>
   </si>
   <si>
     <t>Республика Мордовия</t>
   </si>
   <si>
     <t>Омская область</t>
   </si>
   <si>
     <t>Тульская область</t>
   </si>
   <si>
     <t>Чуйская область</t>
-  </si>
-[...1 lines deleted...]
-    <t>Удмуртская Республика</t>
   </si>
   <si>
     <t>Чеченская Республика</t>
   </si>
   <si>
     <t>Смоленская область</t>
   </si>
   <si>
     <t>Московская область</t>
   </si>
   <si>
     <t>Калужская область</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1185,51 +1182,51 @@
       </c>
       <c r="C22" s="8">
         <v>1996</v>
       </c>
       <c r="D22" s="8" t="s">
         <v>95</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>104</v>
       </c>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="9" t="s">
         <v>31</v>
       </c>
       <c r="C23" s="8">
         <v>2009</v>
       </c>
       <c r="D23" s="8" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E23" s="9" t="s">
         <v>104</v>
       </c>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B24" s="9" t="s">
         <v>32</v>
       </c>
       <c r="C24" s="8">
         <v>1996</v>
       </c>
       <c r="D24" s="8" t="s">
         <v>95</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>111</v>
       </c>
       <c r="F24" s="1"/>
@@ -1977,51 +1974,51 @@
       </c>
       <c r="C62" s="8">
         <v>1982</v>
       </c>
       <c r="D62" s="8" t="s">
         <v>97</v>
       </c>
       <c r="E62" s="9" t="s">
         <v>104</v>
       </c>
       <c r="F62" s="1"/>
       <c r="G62" s="1"/>
       <c r="H62" s="1"/>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B63" s="9" t="s">
         <v>71</v>
       </c>
       <c r="C63" s="8">
         <v>2009</v>
       </c>
       <c r="D63" s="8" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="E63" s="9" t="s">
         <v>104</v>
       </c>
       <c r="F63" s="1"/>
       <c r="G63" s="1"/>
       <c r="H63" s="1"/>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B64" s="9" t="s">
         <v>72</v>
       </c>
       <c r="C64" s="8">
         <v>1983</v>
       </c>
       <c r="D64" s="8" t="s">
         <v>97</v>
       </c>
       <c r="E64" s="9" t="s">
         <v>104</v>
       </c>
       <c r="F64" s="1"/>
@@ -2196,51 +2193,51 @@
       </c>
       <c r="D73" s="8" t="s">
         <v>97</v>
       </c>
       <c r="E73" s="9" t="s">
         <v>104</v>
       </c>
       <c r="F73" s="1"/>
       <c r="G73" s="1"/>
       <c r="H73" s="1"/>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B74" s="9" t="s">
         <v>82</v>
       </c>
       <c r="C74" s="8">
         <v>2010</v>
       </c>
       <c r="D74" s="8" t="s">
         <v>101</v>
       </c>
       <c r="E74" s="9" t="s">
-        <v>117</v>
+        <v>104</v>
       </c>
       <c r="F74" s="1"/>
       <c r="G74" s="1"/>
       <c r="H74" s="1"/>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B75" s="9" t="s">
         <v>83</v>
       </c>
       <c r="C75" s="8"/>
       <c r="D75" s="8" t="s">
         <v>97</v>
       </c>
       <c r="E75" s="9" t="s">
         <v>111</v>
       </c>
       <c r="F75" s="1"/>
       <c r="G75" s="1"/>
       <c r="H75" s="1"/>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="8" t="s">
@@ -2254,149 +2251,149 @@
       </c>
       <c r="D76" s="8" t="s">
         <v>97</v>
       </c>
       <c r="E76" s="9" t="s">
         <v>104</v>
       </c>
       <c r="F76" s="1"/>
       <c r="G76" s="1"/>
       <c r="H76" s="1"/>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B77" s="9" t="s">
         <v>85</v>
       </c>
       <c r="C77" s="8">
         <v>1979</v>
       </c>
       <c r="D77" s="8" t="s">
         <v>97</v>
       </c>
       <c r="E77" s="9" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F77" s="1"/>
       <c r="G77" s="1"/>
       <c r="H77" s="1"/>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B78" s="9" t="s">
         <v>86</v>
       </c>
       <c r="C78" s="8">
         <v>1994</v>
       </c>
       <c r="D78" s="8" t="s">
         <v>97</v>
       </c>
       <c r="E78" s="9" t="s">
         <v>104</v>
       </c>
       <c r="F78" s="1"/>
       <c r="G78" s="1"/>
       <c r="H78" s="1"/>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B79" s="9" t="s">
         <v>87</v>
       </c>
       <c r="C79" s="8">
         <v>2011</v>
       </c>
       <c r="D79" s="8" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="E79" s="9" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="F79" s="1"/>
       <c r="G79" s="1"/>
       <c r="H79" s="1"/>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B80" s="9" t="s">
         <v>88</v>
       </c>
       <c r="C80" s="8">
         <v>1978</v>
       </c>
       <c r="D80" s="8" t="s">
         <v>96</v>
       </c>
       <c r="E80" s="9" t="s">
         <v>104</v>
       </c>
       <c r="F80" s="1"/>
       <c r="G80" s="1"/>
       <c r="H80" s="1"/>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B81" s="9" t="s">
         <v>89</v>
       </c>
       <c r="C81" s="8">
         <v>1991</v>
       </c>
       <c r="D81" s="8" t="s">
         <v>97</v>
       </c>
       <c r="E81" s="9" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="F81" s="1"/>
       <c r="G81" s="1"/>
       <c r="H81" s="1"/>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" s="8"/>
       <c r="B82" s="9" t="s">
         <v>90</v>
       </c>
       <c r="C82" s="8">
         <v>1996</v>
       </c>
       <c r="D82" s="8" t="s">
         <v>97</v>
       </c>
       <c r="E82" s="9" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="F82" s="1"/>
       <c r="G82" s="1"/>
       <c r="H82" s="1"/>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" s="10"/>
       <c r="B83" s="7"/>
       <c r="C83" s="7"/>
       <c r="D83" s="7"/>
       <c r="E83" s="7"/>
       <c r="F83" s="7"/>
       <c r="G83" s="7"/>
       <c r="H83" s="1"/>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" s="10"/>
       <c r="B84" s="7"/>
       <c r="C84" s="7"/>
       <c r="D84" s="7"/>
       <c r="E84" s="7"/>
       <c r="F84" s="7"/>
       <c r="G84" s="7"/>
       <c r="H84" s="1"/>
     </row>