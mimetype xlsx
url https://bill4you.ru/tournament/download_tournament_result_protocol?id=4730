--- v0 (2025-12-22)
+++ v1 (2026-03-23)
@@ -1640,51 +1640,51 @@
       </c>
       <c r="C50" s="8">
         <v>2009</v>
       </c>
       <c r="D50" s="8" t="s">
         <v>80</v>
       </c>
       <c r="E50" s="9" t="s">
         <v>84</v>
       </c>
       <c r="F50" s="1"/>
       <c r="G50" s="1"/>
       <c r="H50" s="1"/>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B51" s="9" t="s">
         <v>58</v>
       </c>
       <c r="C51" s="8">
         <v>2014</v>
       </c>
       <c r="D51" s="8" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="E51" s="9" t="s">
         <v>84</v>
       </c>
       <c r="F51" s="1"/>
       <c r="G51" s="1"/>
       <c r="H51" s="1"/>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B52" s="9" t="s">
         <v>59</v>
       </c>
       <c r="C52" s="8">
         <v>2002</v>
       </c>
       <c r="D52" s="8" t="s">
         <v>78</v>
       </c>
       <c r="E52" s="9" t="s">
         <v>85</v>
       </c>
       <c r="F52" s="1"/>