--- v0 (2025-12-11)
+++ v1 (2026-03-23)
@@ -844,51 +844,51 @@
       </c>
       <c r="C18" s="8">
         <v>2013</v>
       </c>
       <c r="D18" s="8" t="s">
         <v>32</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>34</v>
       </c>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="9" t="s">
         <v>23</v>
       </c>
       <c r="C19" s="8">
         <v>2014</v>
       </c>
       <c r="D19" s="8" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>34</v>
       </c>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="10"/>
       <c r="B20" s="7"/>
       <c r="C20" s="7"/>
       <c r="D20" s="7"/>
       <c r="E20" s="7"/>
       <c r="F20" s="7"/>
       <c r="G20" s="7"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="10"/>
       <c r="B21" s="7"/>
       <c r="C21" s="7"/>
       <c r="D21" s="7"/>
       <c r="E21" s="7"/>
       <c r="F21" s="7"/>