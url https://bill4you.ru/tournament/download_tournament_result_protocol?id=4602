--- v0 (2025-10-19)
+++ v1 (2026-03-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
   <si>
     <t>Любительская лига ОО БАБС</t>
   </si>
   <si>
     <t>8 этап ОТКРЫТОЙ РЕСПУБЛИКАНСКОЙ СЕРИИ 7 НЕ 8</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>23.11.2024, БК Шпиль, Беларусь, Минск, ул. Тимирязева 123/2</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
@@ -306,50 +306,53 @@
     <t>Москва</t>
   </si>
   <si>
     <t>Брест</t>
   </si>
   <si>
     <t>Молодечно</t>
   </si>
   <si>
     <t>Донецк</t>
   </si>
   <si>
     <t>Слоним</t>
   </si>
   <si>
     <t>Берёза</t>
   </si>
   <si>
     <t>Марьина Горка</t>
   </si>
   <si>
     <t>Астана</t>
   </si>
   <si>
     <t>Логойск</t>
+  </si>
+  <si>
+    <t>Заславль</t>
   </si>
   <si>
     <t>Островец</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1817,51 +1820,51 @@
       </c>
       <c r="D57" s="8" t="s">
         <v>76</v>
       </c>
       <c r="E57" s="9" t="s">
         <v>83</v>
       </c>
       <c r="F57" s="1"/>
       <c r="G57" s="1"/>
       <c r="H57" s="1"/>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B58" s="9" t="s">
         <v>66</v>
       </c>
       <c r="C58" s="8">
         <v>1986</v>
       </c>
       <c r="D58" s="8" t="s">
         <v>76</v>
       </c>
       <c r="E58" s="9" t="s">
-        <v>83</v>
+        <v>98</v>
       </c>
       <c r="F58" s="1"/>
       <c r="G58" s="1"/>
       <c r="H58" s="1"/>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B59" s="9" t="s">
         <v>67</v>
       </c>
       <c r="C59" s="8">
         <v>1998</v>
       </c>
       <c r="D59" s="8" t="s">
         <v>76</v>
       </c>
       <c r="E59" s="9" t="s">
         <v>90</v>
       </c>
       <c r="F59" s="1"/>
       <c r="G59" s="1"/>
       <c r="H59" s="1"/>
     </row>
@@ -1917,51 +1920,51 @@
       </c>
       <c r="D62" s="8" t="s">
         <v>76</v>
       </c>
       <c r="E62" s="9" t="s">
         <v>83</v>
       </c>
       <c r="F62" s="1"/>
       <c r="G62" s="1"/>
       <c r="H62" s="1"/>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B63" s="9" t="s">
         <v>71</v>
       </c>
       <c r="C63" s="8">
         <v>1989</v>
       </c>
       <c r="D63" s="8" t="s">
         <v>76</v>
       </c>
       <c r="E63" s="9" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F63" s="1"/>
       <c r="G63" s="1"/>
       <c r="H63" s="1"/>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="10"/>
       <c r="B64" s="7"/>
       <c r="C64" s="7"/>
       <c r="D64" s="7"/>
       <c r="E64" s="7"/>
       <c r="F64" s="7"/>
       <c r="G64" s="7"/>
       <c r="H64" s="1"/>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="10"/>
       <c r="B65" s="7"/>
       <c r="C65" s="7"/>
       <c r="D65" s="7"/>
       <c r="E65" s="7"/>
       <c r="F65" s="7"/>
       <c r="G65" s="7"/>
       <c r="H65" s="1"/>
     </row>