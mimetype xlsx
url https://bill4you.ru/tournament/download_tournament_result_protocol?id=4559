--- v0 (2025-10-05)
+++ v1 (2025-12-25)
@@ -12,53 +12,53 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
-    <t>Федерация бильярдного спорта России</t>
+    <t>ФБСР</t>
   </si>
   <si>
     <t>Кубок России по пулу. Мужчины. 8-й этап 2024.</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>16.11.2024, "Дворец бильярдного спорта", Россия, Москва, Волгоградский пр-т,  46/15,  стр.16</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
     <t>17 - 24</t>
   </si>
@@ -275,66 +275,60 @@
   <si>
     <t>2р</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>Санкт-Петербург</t>
   </si>
   <si>
     <t>Свердловская область</t>
   </si>
   <si>
     <t>Челябинская область</t>
   </si>
   <si>
     <t>Минск</t>
   </si>
   <si>
-    <t>Тель-Авивский округ</t>
-[...2 lines deleted...]
-    <t>Республика Татарстан</t>
+    <t>Республика Татарстан (Татарстан)</t>
   </si>
   <si>
     <t>Московская область</t>
   </si>
   <si>
     <t>Стамбул</t>
   </si>
   <si>
     <t>Тюменская область</t>
-  </si>
-[...1 lines deleted...]
-    <t>Пермский край</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1161,51 +1155,51 @@
       </c>
       <c r="D25" s="8" t="s">
         <v>76</v>
       </c>
       <c r="E25" s="9" t="s">
         <v>86</v>
       </c>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B26" s="9" t="s">
         <v>34</v>
       </c>
       <c r="C26" s="8">
         <v>1976</v>
       </c>
       <c r="D26" s="8" t="s">
         <v>76</v>
       </c>
       <c r="E26" s="9" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="1"/>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B27" s="9" t="s">
         <v>35</v>
       </c>
       <c r="C27" s="8">
         <v>2001</v>
       </c>
       <c r="D27" s="8" t="s">
         <v>74</v>
       </c>
       <c r="E27" s="9" t="s">
         <v>82</v>
       </c>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
     </row>
@@ -1321,51 +1315,51 @@
       </c>
       <c r="D33" s="8" t="s">
         <v>78</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>82</v>
       </c>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B34" s="9" t="s">
         <v>42</v>
       </c>
       <c r="C34" s="8">
         <v>2008</v>
       </c>
       <c r="D34" s="8" t="s">
         <v>76</v>
       </c>
       <c r="E34" s="9" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B35" s="9" t="s">
         <v>43</v>
       </c>
       <c r="C35" s="8">
         <v>2002</v>
       </c>
       <c r="D35" s="8" t="s">
         <v>76</v>
       </c>
       <c r="E35" s="9" t="s">
         <v>82</v>
       </c>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
     </row>
@@ -1381,51 +1375,51 @@
       </c>
       <c r="D36" s="8" t="s">
         <v>76</v>
       </c>
       <c r="E36" s="9" t="s">
         <v>82</v>
       </c>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B37" s="9" t="s">
         <v>45</v>
       </c>
       <c r="C37" s="8">
         <v>1999</v>
       </c>
       <c r="D37" s="8" t="s">
         <v>77</v>
       </c>
       <c r="E37" s="9" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="F37" s="1"/>
       <c r="G37" s="1"/>
       <c r="H37" s="1"/>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B38" s="9" t="s">
         <v>46</v>
       </c>
       <c r="C38" s="8">
         <v>1976</v>
       </c>
       <c r="D38" s="8" t="s">
         <v>77</v>
       </c>
       <c r="E38" s="9" t="s">
         <v>82</v>
       </c>
       <c r="F38" s="1"/>
       <c r="G38" s="1"/>
       <c r="H38" s="1"/>
     </row>
@@ -1461,51 +1455,51 @@
       </c>
       <c r="D40" s="8" t="s">
         <v>76</v>
       </c>
       <c r="E40" s="9" t="s">
         <v>82</v>
       </c>
       <c r="F40" s="1"/>
       <c r="G40" s="1"/>
       <c r="H40" s="1"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B41" s="9" t="s">
         <v>49</v>
       </c>
       <c r="C41" s="8">
         <v>1978</v>
       </c>
       <c r="D41" s="8" t="s">
         <v>77</v>
       </c>
       <c r="E41" s="9" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="F41" s="1"/>
       <c r="G41" s="1"/>
       <c r="H41" s="1"/>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B42" s="9" t="s">
         <v>50</v>
       </c>
       <c r="C42" s="8">
         <v>1987</v>
       </c>
       <c r="D42" s="8" t="s">
         <v>77</v>
       </c>
       <c r="E42" s="9" t="s">
         <v>82</v>
       </c>
       <c r="F42" s="1"/>
       <c r="G42" s="1"/>
       <c r="H42" s="1"/>
     </row>
@@ -1558,54 +1552,54 @@
       </c>
       <c r="C45" s="8">
         <v>2009</v>
       </c>
       <c r="D45" s="8" t="s">
         <v>77</v>
       </c>
       <c r="E45" s="9" t="s">
         <v>82</v>
       </c>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B46" s="9" t="s">
         <v>54</v>
       </c>
       <c r="C46" s="8">
         <v>1972</v>
       </c>
       <c r="D46" s="8" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E46" s="9" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="1"/>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B47" s="9" t="s">
         <v>55</v>
       </c>
       <c r="C47" s="8">
         <v>2005</v>
       </c>
       <c r="D47" s="8" t="s">
         <v>77</v>
       </c>
       <c r="E47" s="9" t="s">
         <v>82</v>
       </c>
       <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
     </row>
@@ -1681,69 +1675,71 @@
       </c>
       <c r="D51" s="8" t="s">
         <v>79</v>
       </c>
       <c r="E51" s="9" t="s">
         <v>82</v>
       </c>
       <c r="F51" s="1"/>
       <c r="G51" s="1"/>
       <c r="H51" s="1"/>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B52" s="9" t="s">
         <v>60</v>
       </c>
       <c r="C52" s="8">
         <v>2008</v>
       </c>
       <c r="D52" s="8" t="s">
         <v>77</v>
       </c>
       <c r="E52" s="9" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="F52" s="1"/>
       <c r="G52" s="1"/>
       <c r="H52" s="1"/>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B53" s="9" t="s">
         <v>61</v>
       </c>
-      <c r="C53" s="8"/>
+      <c r="C53" s="8">
+        <v>1980</v>
+      </c>
       <c r="D53" s="8" t="s">
         <v>77</v>
       </c>
       <c r="E53" s="9" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="H53" s="1"/>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B54" s="9" t="s">
         <v>62</v>
       </c>
       <c r="C54" s="8">
         <v>2008</v>
       </c>
       <c r="D54" s="8" t="s">
         <v>76</v>
       </c>
       <c r="E54" s="9" t="s">
         <v>82</v>
       </c>
       <c r="F54" s="1"/>
       <c r="G54" s="1"/>
       <c r="H54" s="1"/>
     </row>
@@ -1839,51 +1835,51 @@
       </c>
       <c r="D59" s="8" t="s">
         <v>77</v>
       </c>
       <c r="E59" s="9" t="s">
         <v>82</v>
       </c>
       <c r="F59" s="1"/>
       <c r="G59" s="1"/>
       <c r="H59" s="1"/>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B60" s="9" t="s">
         <v>68</v>
       </c>
       <c r="C60" s="8">
         <v>1995</v>
       </c>
       <c r="D60" s="8" t="s">
         <v>76</v>
       </c>
       <c r="E60" s="9" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="F60" s="1"/>
       <c r="G60" s="1"/>
       <c r="H60" s="1"/>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="10"/>
       <c r="B61" s="7"/>
       <c r="C61" s="7"/>
       <c r="D61" s="7"/>
       <c r="E61" s="7"/>
       <c r="F61" s="7"/>
       <c r="G61" s="7"/>
       <c r="H61" s="1"/>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="10"/>
       <c r="B62" s="7"/>
       <c r="C62" s="7"/>
       <c r="D62" s="7"/>
       <c r="E62" s="7"/>
       <c r="F62" s="7"/>
       <c r="G62" s="7"/>
       <c r="H62" s="1"/>
     </row>