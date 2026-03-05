--- v1 (2025-12-25)
+++ v2 (2026-03-05)
@@ -101,51 +101,51 @@
   <si>
     <t>Золотилов Константин</t>
   </si>
   <si>
     <t>Чернышов Александр</t>
   </si>
   <si>
     <t>Чинахов Руслан</t>
   </si>
   <si>
     <t>Воронин Павел</t>
   </si>
   <si>
     <t>Конский Даниил</t>
   </si>
   <si>
     <t>Королев Максим</t>
   </si>
   <si>
     <t>Луцкер Сергей</t>
   </si>
   <si>
     <t>Матвиенко Владимир</t>
   </si>
   <si>
-    <t>Подерин Федор</t>
+    <t>Подерин Фёдор</t>
   </si>
   <si>
     <t>Фролов Денис</t>
   </si>
   <si>
     <t>Хайруллин Ильяс</t>
   </si>
   <si>
     <t>Дзускаев Андрей</t>
   </si>
   <si>
     <t>Коленников Артем</t>
   </si>
   <si>
     <t>Корнеев Евгений</t>
   </si>
   <si>
     <t>Лобода Артем</t>
   </si>
   <si>
     <t>Михайлов Леонид</t>
   </si>
   <si>
     <t>Петров Леонид</t>
   </si>
@@ -1352,51 +1352,51 @@
       </c>
       <c r="C35" s="8">
         <v>2002</v>
       </c>
       <c r="D35" s="8" t="s">
         <v>76</v>
       </c>
       <c r="E35" s="9" t="s">
         <v>82</v>
       </c>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B36" s="9" t="s">
         <v>44</v>
       </c>
       <c r="C36" s="8">
         <v>1960</v>
       </c>
       <c r="D36" s="8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E36" s="9" t="s">
         <v>82</v>
       </c>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B37" s="9" t="s">
         <v>45</v>
       </c>
       <c r="C37" s="8">
         <v>1999</v>
       </c>
       <c r="D37" s="8" t="s">
         <v>77</v>
       </c>
       <c r="E37" s="9" t="s">
         <v>88</v>
       </c>
       <c r="F37" s="1"/>