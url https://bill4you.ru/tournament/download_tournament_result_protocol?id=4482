--- v0 (2025-10-19)
+++ v1 (2026-03-10)
@@ -206,90 +206,90 @@
   <si>
     <t>Менченков Михаил</t>
   </si>
   <si>
     <t>Поротников Константин</t>
   </si>
   <si>
     <t>Рыбников Владимир</t>
   </si>
   <si>
     <t>Смирнов Виталий</t>
   </si>
   <si>
     <t>Стадник Сергей</t>
   </si>
   <si>
     <t>Тимофеев Макар</t>
   </si>
   <si>
     <t>Толмачёв Лев</t>
   </si>
   <si>
     <t>Щербинин Павел</t>
   </si>
   <si>
+    <t>SAITMAMETOV MIKHAIL</t>
+  </si>
+  <si>
     <t>Абрамов Константин</t>
   </si>
   <si>
     <t>Акрамов Эльдар</t>
   </si>
   <si>
     <t>Аксенников Андрей</t>
   </si>
   <si>
     <t>Борисовский Юрий</t>
   </si>
   <si>
     <t>Боровской Николай</t>
   </si>
   <si>
     <t>Габбаров Шавкат</t>
   </si>
   <si>
     <t>Зырянова Анастасия</t>
   </si>
   <si>
     <t>Иванченко Александр</t>
   </si>
   <si>
     <t>Колмагоров Роман</t>
   </si>
   <si>
     <t>Корнюшин Дмитрий</t>
   </si>
   <si>
     <t>Кочивари Торнике</t>
   </si>
   <si>
     <t>Ложкин Александр</t>
   </si>
   <si>
     <t>Морев Илья</t>
-  </si>
-[...1 lines deleted...]
-    <t>Саитмаметов Михаил</t>
   </si>
   <si>
     <t>Феофилактов Евгений</t>
   </si>
   <si>
     <t>Филиппов Евгений</t>
   </si>
   <si>
     <t>Ан Станислав</t>
   </si>
   <si>
     <t>Басов Андрей</t>
   </si>
   <si>
     <t>Гилметдинов Максим</t>
   </si>
   <si>
     <t>Дё Дмитрий</t>
   </si>
   <si>
     <t>Жабко Евгений</t>
   </si>
   <si>
     <t>Жилкин Максим</t>
   </si>
@@ -898,51 +898,51 @@
       </c>
       <c r="C9" s="8">
         <v>1997</v>
       </c>
       <c r="D9" s="8" t="s">
         <v>102</v>
       </c>
       <c r="E9" s="9" t="s">
         <v>110</v>
       </c>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="8">
         <v>3</v>
       </c>
       <c r="B10" s="9" t="s">
         <v>18</v>
       </c>
       <c r="C10" s="8">
         <v>2001</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="E10" s="9" t="s">
         <v>109</v>
       </c>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="8">
         <v>3</v>
       </c>
       <c r="B11" s="9" t="s">
         <v>19</v>
       </c>
       <c r="C11" s="8">
         <v>2003</v>
       </c>
       <c r="D11" s="8" t="s">
         <v>103</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>109</v>
       </c>
       <c r="F11" s="1"/>
@@ -1813,311 +1813,311 @@
       <c r="A55" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B55" s="9" t="s">
         <v>63</v>
       </c>
       <c r="C55" s="8"/>
       <c r="D55" s="8" t="s">
         <v>105</v>
       </c>
       <c r="E55" s="9" t="s">
         <v>109</v>
       </c>
       <c r="F55" s="1"/>
       <c r="G55" s="1"/>
       <c r="H55" s="1"/>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B56" s="9" t="s">
         <v>64</v>
       </c>
       <c r="C56" s="8">
-        <v>1985</v>
+        <v>1984</v>
       </c>
       <c r="D56" s="8" t="s">
         <v>104</v>
       </c>
       <c r="E56" s="9" t="s">
         <v>109</v>
       </c>
       <c r="F56" s="1"/>
       <c r="G56" s="1"/>
       <c r="H56" s="1"/>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B57" s="9" t="s">
         <v>65</v>
       </c>
       <c r="C57" s="8">
-        <v>1988</v>
+        <v>1985</v>
       </c>
       <c r="D57" s="8" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E57" s="9" t="s">
         <v>109</v>
       </c>
       <c r="F57" s="1"/>
       <c r="G57" s="1"/>
       <c r="H57" s="1"/>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B58" s="9" t="s">
         <v>66</v>
       </c>
       <c r="C58" s="8">
-        <v>1972</v>
+        <v>1988</v>
       </c>
       <c r="D58" s="8" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="E58" s="9" t="s">
         <v>109</v>
       </c>
       <c r="F58" s="1"/>
       <c r="G58" s="1"/>
       <c r="H58" s="1"/>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B59" s="9" t="s">
         <v>67</v>
       </c>
       <c r="C59" s="8">
         <v>1972</v>
       </c>
       <c r="D59" s="8" t="s">
         <v>104</v>
       </c>
       <c r="E59" s="9" t="s">
         <v>109</v>
       </c>
       <c r="F59" s="1"/>
       <c r="G59" s="1"/>
       <c r="H59" s="1"/>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B60" s="9" t="s">
         <v>68</v>
       </c>
       <c r="C60" s="8">
-        <v>1994</v>
+        <v>1972</v>
       </c>
       <c r="D60" s="8" t="s">
         <v>104</v>
       </c>
       <c r="E60" s="9" t="s">
         <v>109</v>
       </c>
       <c r="F60" s="1"/>
       <c r="G60" s="1"/>
       <c r="H60" s="1"/>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B61" s="9" t="s">
         <v>69</v>
       </c>
       <c r="C61" s="8">
-        <v>1983</v>
+        <v>1994</v>
       </c>
       <c r="D61" s="8" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E61" s="9" t="s">
         <v>109</v>
       </c>
       <c r="F61" s="1"/>
       <c r="G61" s="1"/>
       <c r="H61" s="1"/>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B62" s="9" t="s">
         <v>70</v>
       </c>
       <c r="C62" s="8">
-        <v>2000</v>
+        <v>1983</v>
       </c>
       <c r="D62" s="8" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="E62" s="9" t="s">
         <v>109</v>
       </c>
       <c r="F62" s="1"/>
       <c r="G62" s="1"/>
       <c r="H62" s="1"/>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B63" s="9" t="s">
         <v>71</v>
       </c>
       <c r="C63" s="8">
-        <v>1990</v>
+        <v>2000</v>
       </c>
       <c r="D63" s="8" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E63" s="9" t="s">
         <v>109</v>
       </c>
       <c r="F63" s="1"/>
       <c r="G63" s="1"/>
       <c r="H63" s="1"/>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B64" s="9" t="s">
         <v>72</v>
       </c>
       <c r="C64" s="8">
-        <v>1984</v>
+        <v>1990</v>
       </c>
       <c r="D64" s="8" t="s">
         <v>104</v>
       </c>
       <c r="E64" s="9" t="s">
         <v>109</v>
       </c>
       <c r="F64" s="1"/>
       <c r="G64" s="1"/>
       <c r="H64" s="1"/>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B65" s="9" t="s">
         <v>73</v>
       </c>
       <c r="C65" s="8">
-        <v>1985</v>
+        <v>1984</v>
       </c>
       <c r="D65" s="8" t="s">
         <v>104</v>
       </c>
       <c r="E65" s="9" t="s">
         <v>109</v>
       </c>
       <c r="F65" s="1"/>
       <c r="G65" s="1"/>
       <c r="H65" s="1"/>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B66" s="9" t="s">
         <v>74</v>
       </c>
       <c r="C66" s="8">
-        <v>1991</v>
+        <v>1985</v>
       </c>
       <c r="D66" s="8" t="s">
         <v>104</v>
       </c>
       <c r="E66" s="9" t="s">
         <v>109</v>
       </c>
       <c r="F66" s="1"/>
       <c r="G66" s="1"/>
       <c r="H66" s="1"/>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B67" s="9" t="s">
         <v>75</v>
       </c>
       <c r="C67" s="8">
-        <v>2004</v>
+        <v>1991</v>
       </c>
       <c r="D67" s="8" t="s">
         <v>104</v>
       </c>
       <c r="E67" s="9" t="s">
         <v>109</v>
       </c>
       <c r="F67" s="1"/>
       <c r="G67" s="1"/>
       <c r="H67" s="1"/>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B68" s="9" t="s">
         <v>76</v>
       </c>
       <c r="C68" s="8">
-        <v>2001</v>
+        <v>2004</v>
       </c>
       <c r="D68" s="8" t="s">
         <v>104</v>
       </c>
       <c r="E68" s="9" t="s">
         <v>109</v>
       </c>
       <c r="F68" s="1"/>
       <c r="G68" s="1"/>
       <c r="H68" s="1"/>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B69" s="9" t="s">
         <v>77</v>
       </c>
       <c r="C69" s="8">
-        <v>1984</v>
+        <v>2001</v>
       </c>
       <c r="D69" s="8" t="s">
         <v>104</v>
       </c>
       <c r="E69" s="9" t="s">
         <v>109</v>
       </c>
       <c r="F69" s="1"/>
       <c r="G69" s="1"/>
       <c r="H69" s="1"/>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B70" s="9" t="s">
         <v>78</v>
       </c>
       <c r="C70" s="8">
         <v>1970</v>
       </c>
       <c r="D70" s="8" t="s">
         <v>104</v>
       </c>
       <c r="E70" s="9" t="s">
@@ -2196,51 +2196,51 @@
       </c>
       <c r="C74" s="8">
         <v>1989</v>
       </c>
       <c r="D74" s="8" t="s">
         <v>103</v>
       </c>
       <c r="E74" s="9" t="s">
         <v>109</v>
       </c>
       <c r="F74" s="1"/>
       <c r="G74" s="1"/>
       <c r="H74" s="1"/>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B75" s="9" t="s">
         <v>83</v>
       </c>
       <c r="C75" s="8">
         <v>1980</v>
       </c>
       <c r="D75" s="8" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="E75" s="9" t="s">
         <v>109</v>
       </c>
       <c r="F75" s="1"/>
       <c r="G75" s="1"/>
       <c r="H75" s="1"/>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B76" s="9" t="s">
         <v>84</v>
       </c>
       <c r="C76" s="8">
         <v>1982</v>
       </c>
       <c r="D76" s="8" t="s">
         <v>104</v>
       </c>
       <c r="E76" s="9" t="s">
         <v>109</v>
       </c>
       <c r="F76" s="1"/>