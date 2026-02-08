--- v0 (2025-10-13)
+++ v1 (2026-02-08)
@@ -59,51 +59,51 @@
   <si>
     <t>Главный секретарь</t>
   </si>
   <si>
     <t>Судья</t>
   </si>
   <si>
     <t>Спортсмен</t>
   </si>
   <si>
     <t>Абрамов Иосиф</t>
   </si>
   <si>
     <t>Куулар Карим</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
-    <t>МСМК</t>
+    <t>ЗМС</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Россия</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>