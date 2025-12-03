--- v0 (2025-10-05)
+++ v1 (2025-12-03)
@@ -131,51 +131,51 @@
   <si>
     <t>МС</t>
   </si>
   <si>
     <t>МСМК</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Санкт-Петербург</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>Свердловская область</t>
   </si>
   <si>
-    <t>Республика Татарстан</t>
+    <t>Республика Татарстан (Татарстан)</t>
   </si>
   <si>
     <t>Московская область</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>