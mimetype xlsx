--- v1 (2025-12-03)
+++ v2 (2026-03-04)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
-    <t>Федерация бильярдного спорта России</t>
+    <t>ФБСР</t>
   </si>
   <si>
     <t>Чемпионат России. Пул 14.1. Женщины</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>11.11.2024, "Дворец бильярдного спорта", Россия, Москва, Волгоградский пр-т,  46/15,  стр.16</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 6</t>
   </si>
   <si>
     <t>7 - 8</t>
   </si>
   <si>
     <t>9 - 12</t>
   </si>