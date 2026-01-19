--- v0 (2025-10-07)
+++ v1 (2026-01-19)
@@ -488,51 +488,51 @@
   <si>
     <t>Ташкент</t>
   </si>
   <si>
     <t>Карши</t>
   </si>
   <si>
     <t>Наманган</t>
   </si>
   <si>
     <t>Воронеж</t>
   </si>
   <si>
     <t>Шымкент</t>
   </si>
   <si>
     <t>Чиназ</t>
   </si>
   <si>
     <t>городской посёлок Янгибазар</t>
   </si>
   <si>
     <t>Бухара</t>
   </si>
   <si>
-    <t>село Аламудун</t>
+    <t>село Кочкорк</t>
   </si>
   <si>
     <t>Фергана</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>