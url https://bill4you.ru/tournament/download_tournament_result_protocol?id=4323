--- v0 (2025-10-02)
+++ v1 (2026-01-31)
@@ -1574,51 +1574,51 @@
       </c>
       <c r="C42" s="8">
         <v>1977</v>
       </c>
       <c r="D42" s="8" t="s">
         <v>94</v>
       </c>
       <c r="E42" s="9" t="s">
         <v>112</v>
       </c>
       <c r="F42" s="1"/>
       <c r="G42" s="1"/>
       <c r="H42" s="1"/>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B43" s="9" t="s">
         <v>51</v>
       </c>
       <c r="C43" s="8">
         <v>1991</v>
       </c>
       <c r="D43" s="8" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="E43" s="9" t="s">
         <v>105</v>
       </c>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B44" s="9" t="s">
         <v>52</v>
       </c>
       <c r="C44" s="8">
         <v>1990</v>
       </c>
       <c r="D44" s="8" t="s">
         <v>94</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>102</v>
       </c>
       <c r="F44" s="1"/>
@@ -2154,51 +2154,51 @@
       </c>
       <c r="C71" s="8">
         <v>2004</v>
       </c>
       <c r="D71" s="8" t="s">
         <v>94</v>
       </c>
       <c r="E71" s="9" t="s">
         <v>102</v>
       </c>
       <c r="F71" s="1"/>
       <c r="G71" s="1"/>
       <c r="H71" s="1"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B72" s="9" t="s">
         <v>80</v>
       </c>
       <c r="C72" s="8">
         <v>2009</v>
       </c>
       <c r="D72" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="E72" s="9" t="s">
         <v>102</v>
       </c>
       <c r="F72" s="1"/>
       <c r="G72" s="1"/>
       <c r="H72" s="1"/>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B73" s="9" t="s">
         <v>81</v>
       </c>
       <c r="C73" s="8"/>
       <c r="D73" s="8" t="s">
         <v>94</v>
       </c>
       <c r="E73" s="9" t="s">
         <v>102</v>
       </c>
       <c r="F73" s="1"/>
       <c r="G73" s="1"/>
       <c r="H73" s="1"/>