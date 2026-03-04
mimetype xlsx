--- v0 (2025-12-07)
+++ v1 (2026-03-04)
@@ -898,51 +898,51 @@
       </c>
       <c r="C12" s="8">
         <v>2012</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>72</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>82</v>
       </c>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="9" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="8">
         <v>2010</v>
       </c>
       <c r="D13" s="8" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>81</v>
       </c>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C14" s="8">
         <v>2010</v>
       </c>
       <c r="D14" s="8" t="s">
         <v>71</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>83</v>
       </c>
       <c r="F14" s="1"/>