--- v0 (2025-10-07)
+++ v1 (2026-02-07)
@@ -1197,51 +1197,51 @@
       </c>
       <c r="C34" s="8">
         <v>1970</v>
       </c>
       <c r="D34" s="8" t="s">
         <v>50</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>54</v>
       </c>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B35" s="9" t="s">
         <v>42</v>
       </c>
       <c r="C35" s="8">
         <v>1980</v>
       </c>
       <c r="D35" s="8" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="E35" s="9" t="s">
         <v>54</v>
       </c>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B36" s="9" t="s">
         <v>43</v>
       </c>
       <c r="C36" s="8">
         <v>1990</v>
       </c>
       <c r="D36" s="8" t="s">
         <v>50</v>
       </c>
       <c r="E36" s="9" t="s">
         <v>55</v>
       </c>
       <c r="F36" s="1"/>