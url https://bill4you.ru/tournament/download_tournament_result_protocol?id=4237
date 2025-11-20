--- v0 (2025-10-04)
+++ v1 (2025-11-20)
@@ -1053,51 +1053,51 @@
       </c>
       <c r="C16" s="8">
         <v>2003</v>
       </c>
       <c r="D16" s="8" t="s">
         <v>106</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>114</v>
       </c>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="9" t="s">
         <v>25</v>
       </c>
       <c r="C17" s="8">
         <v>1991</v>
       </c>
       <c r="D17" s="8" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>114</v>
       </c>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="8">
         <v>1993</v>
       </c>
       <c r="D18" s="8" t="s">
         <v>106</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>114</v>
       </c>
       <c r="F18" s="1"/>
@@ -1433,51 +1433,51 @@
       </c>
       <c r="C35" s="8">
         <v>1983</v>
       </c>
       <c r="D35" s="8" t="s">
         <v>108</v>
       </c>
       <c r="E35" s="9" t="s">
         <v>114</v>
       </c>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B36" s="9" t="s">
         <v>44</v>
       </c>
       <c r="C36" s="8">
         <v>2009</v>
       </c>
       <c r="D36" s="8" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="E36" s="9" t="s">
         <v>114</v>
       </c>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B37" s="9" t="s">
         <v>45</v>
       </c>
       <c r="C37" s="8">
         <v>1997</v>
       </c>
       <c r="D37" s="8" t="s">
         <v>109</v>
       </c>
       <c r="E37" s="9" t="s">
         <v>114</v>
       </c>
       <c r="F37" s="1"/>
@@ -1833,51 +1833,51 @@
       </c>
       <c r="C55" s="8">
         <v>1995</v>
       </c>
       <c r="D55" s="8" t="s">
         <v>107</v>
       </c>
       <c r="E55" s="9" t="s">
         <v>114</v>
       </c>
       <c r="F55" s="1"/>
       <c r="G55" s="1"/>
       <c r="H55" s="1"/>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B56" s="9" t="s">
         <v>64</v>
       </c>
       <c r="C56" s="8">
         <v>2007</v>
       </c>
       <c r="D56" s="8" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="E56" s="9" t="s">
         <v>114</v>
       </c>
       <c r="F56" s="1"/>
       <c r="G56" s="1"/>
       <c r="H56" s="1"/>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B57" s="9" t="s">
         <v>65</v>
       </c>
       <c r="C57" s="8">
         <v>2012</v>
       </c>
       <c r="D57" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E57" s="9" t="s">
         <v>114</v>
       </c>
       <c r="F57" s="1"/>
@@ -2049,51 +2049,51 @@
       </c>
       <c r="C66" s="8">
         <v>1983</v>
       </c>
       <c r="D66" s="8" t="s">
         <v>108</v>
       </c>
       <c r="E66" s="9" t="s">
         <v>114</v>
       </c>
       <c r="F66" s="1"/>
       <c r="G66" s="1"/>
       <c r="H66" s="1"/>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B67" s="9" t="s">
         <v>75</v>
       </c>
       <c r="C67" s="8">
         <v>2011</v>
       </c>
       <c r="D67" s="8" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="E67" s="9" t="s">
         <v>114</v>
       </c>
       <c r="F67" s="1"/>
       <c r="G67" s="1"/>
       <c r="H67" s="1"/>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B68" s="9" t="s">
         <v>76</v>
       </c>
       <c r="C68" s="8">
         <v>1994</v>
       </c>
       <c r="D68" s="8" t="s">
         <v>109</v>
       </c>
       <c r="E68" s="9" t="s">
         <v>114</v>
       </c>
       <c r="F68" s="1"/>