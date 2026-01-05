--- v1 (2025-11-20)
+++ v2 (2026-01-05)
@@ -1929,73 +1929,75 @@
         <v>10</v>
       </c>
       <c r="B60" s="9" t="s">
         <v>68</v>
       </c>
       <c r="C60" s="8">
         <v>2010</v>
       </c>
       <c r="D60" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E60" s="9" t="s">
         <v>114</v>
       </c>
       <c r="F60" s="1"/>
       <c r="G60" s="1"/>
       <c r="H60" s="1"/>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B61" s="9" t="s">
         <v>69</v>
       </c>
-      <c r="C61" s="8"/>
+      <c r="C61" s="8">
+        <v>1996</v>
+      </c>
       <c r="D61" s="8" t="s">
         <v>108</v>
       </c>
       <c r="E61" s="9" t="s">
         <v>117</v>
       </c>
       <c r="F61" s="1"/>
       <c r="G61" s="1"/>
       <c r="H61" s="1"/>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B62" s="9" t="s">
         <v>70</v>
       </c>
       <c r="C62" s="8">
         <v>2009</v>
       </c>
       <c r="D62" s="8" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="E62" s="9" t="s">
         <v>114</v>
       </c>
       <c r="F62" s="1"/>
       <c r="G62" s="1"/>
       <c r="H62" s="1"/>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B63" s="9" t="s">
         <v>71</v>
       </c>
       <c r="C63" s="8">
         <v>1983</v>
       </c>
       <c r="D63" s="8" t="s">
         <v>108</v>
       </c>
       <c r="E63" s="9" t="s">
         <v>114</v>
       </c>
       <c r="F63" s="1"/>
@@ -2409,51 +2411,51 @@
       </c>
       <c r="C84" s="8">
         <v>2013</v>
       </c>
       <c r="D84" s="8" t="s">
         <v>108</v>
       </c>
       <c r="E84" s="9" t="s">
         <v>114</v>
       </c>
       <c r="F84" s="1"/>
       <c r="G84" s="1"/>
       <c r="H84" s="1"/>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B85" s="9" t="s">
         <v>93</v>
       </c>
       <c r="C85" s="8">
         <v>1985</v>
       </c>
       <c r="D85" s="8" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E85" s="9" t="s">
         <v>114</v>
       </c>
       <c r="F85" s="1"/>
       <c r="G85" s="1"/>
       <c r="H85" s="1"/>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B86" s="9" t="s">
         <v>94</v>
       </c>
       <c r="C86" s="8">
         <v>2008</v>
       </c>
       <c r="D86" s="8" t="s">
         <v>111</v>
       </c>
       <c r="E86" s="9" t="s">
         <v>114</v>
       </c>
       <c r="F86" s="1"/>