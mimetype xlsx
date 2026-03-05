--- v2 (2026-01-05)
+++ v3 (2026-03-05)
@@ -254,51 +254,51 @@
   <si>
     <t>Пестов Сергей</t>
   </si>
   <si>
     <t>Попов Александр</t>
   </si>
   <si>
     <t>Разин Юрий</t>
   </si>
   <si>
     <t>Соснов Максим</t>
   </si>
   <si>
     <t>Таллер Евгений</t>
   </si>
   <si>
     <t>Уваров Виталий</t>
   </si>
   <si>
     <t>Фомин Кирилл</t>
   </si>
   <si>
     <t>Шитиков Игорь</t>
   </si>
   <si>
-    <t>Аманбай Уулу Нургазы</t>
+    <t>Аманбай уулу Нургазы</t>
   </si>
   <si>
     <t>Антонюк Роман</t>
   </si>
   <si>
     <t>Бичан Михаил</t>
   </si>
   <si>
     <t>Бичан Ярослав</t>
   </si>
   <si>
     <t>Голенков Андрей</t>
   </si>
   <si>
     <t>Гультяев Андрей</t>
   </si>
   <si>
     <t>Киреев Андрей</t>
   </si>
   <si>
     <t>Колосов Павел</t>
   </si>
   <si>
     <t>Красинский Сергей</t>
   </si>
@@ -1556,51 +1556,51 @@
       </c>
       <c r="D41" s="8" t="s">
         <v>108</v>
       </c>
       <c r="E41" s="9" t="s">
         <v>114</v>
       </c>
       <c r="F41" s="1"/>
       <c r="G41" s="1"/>
       <c r="H41" s="1"/>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B42" s="9" t="s">
         <v>50</v>
       </c>
       <c r="C42" s="8">
         <v>1996</v>
       </c>
       <c r="D42" s="8" t="s">
         <v>108</v>
       </c>
       <c r="E42" s="9" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="F42" s="1"/>
       <c r="G42" s="1"/>
       <c r="H42" s="1"/>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B43" s="9" t="s">
         <v>51</v>
       </c>
       <c r="C43" s="8">
         <v>1998</v>
       </c>
       <c r="D43" s="8" t="s">
         <v>108</v>
       </c>
       <c r="E43" s="9" t="s">
         <v>114</v>
       </c>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
     </row>
@@ -2331,51 +2331,51 @@
       </c>
       <c r="C80" s="8">
         <v>1982</v>
       </c>
       <c r="D80" s="8" t="s">
         <v>108</v>
       </c>
       <c r="E80" s="9" t="s">
         <v>114</v>
       </c>
       <c r="F80" s="1"/>
       <c r="G80" s="1"/>
       <c r="H80" s="1"/>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B81" s="9" t="s">
         <v>89</v>
       </c>
       <c r="C81" s="8">
         <v>2010</v>
       </c>
       <c r="D81" s="8" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="E81" s="9" t="s">
         <v>114</v>
       </c>
       <c r="F81" s="1"/>
       <c r="G81" s="1"/>
       <c r="H81" s="1"/>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B82" s="9" t="s">
         <v>90</v>
       </c>
       <c r="C82" s="8">
         <v>1996</v>
       </c>
       <c r="D82" s="8" t="s">
         <v>108</v>
       </c>
       <c r="E82" s="9" t="s">
         <v>114</v>
       </c>
       <c r="F82" s="1"/>