--- v0 (2025-10-02)
+++ v1 (2025-12-27)
@@ -164,51 +164,51 @@
   <si>
     <t>Танашев Антон</t>
   </si>
   <si>
     <t>Туринцева Ксения</t>
   </si>
   <si>
     <t>Хужаниезов Санжарбек</t>
   </si>
   <si>
     <t>Юзва Анатолий</t>
   </si>
   <si>
     <t>Жилина Виктория</t>
   </si>
   <si>
     <t>Попов Георгий</t>
   </si>
   <si>
     <t>Махнев Илья</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
-    <t>Петр Шумков</t>
+    <t>Шумков Петр</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>МС</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>2р</t>
   </si>
   <si>
     <t>3р</t>
   </si>