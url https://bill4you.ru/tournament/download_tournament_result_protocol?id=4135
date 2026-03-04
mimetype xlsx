--- v0 (2025-10-05)
+++ v1 (2026-03-04)
@@ -12,53 +12,53 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
   <si>
-    <t>Федерация бильярдного спорта России</t>
+    <t>ФБСР</t>
   </si>
   <si>
     <t>Кубок России по пулу. Мужчины. 7 этап 2024.</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>12.11.2024, Москвич, Россия, Москва, пр-кт. Волгоградский дом 46/15 стр.10</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
     <t>17 - 32</t>
   </si>
@@ -330,53 +330,50 @@
     <t>-</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
     <t>2р</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>Минск</t>
   </si>
   <si>
     <t>Санкт-Петербург</t>
   </si>
   <si>
     <t>Московская область</t>
   </si>
   <si>
     <t>Калининградская область</t>
-  </si>
-[...1 lines deleted...]
-    <t>Тель-Авивский округ</t>
   </si>
   <si>
     <t>ДНР</t>
   </si>
   <si>
     <t>Могилёвская область</t>
   </si>
   <si>
     <t>Ростовская область</t>
   </si>
   <si>
     <t>город центрального подчинения Ханой</t>
   </si>
   <si>
     <t>Удмуртская Республика</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
@@ -1595,114 +1592,114 @@
       </c>
       <c r="C44" s="8">
         <v>1971</v>
       </c>
       <c r="D44" s="8" t="s">
         <v>97</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>105</v>
       </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B45" s="9" t="s">
         <v>53</v>
       </c>
       <c r="C45" s="8">
         <v>1960</v>
       </c>
       <c r="D45" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="E45" s="9" t="s">
         <v>101</v>
       </c>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B46" s="9" t="s">
         <v>54</v>
       </c>
       <c r="C46" s="8">
         <v>1976</v>
       </c>
       <c r="D46" s="8" t="s">
         <v>95</v>
       </c>
       <c r="E46" s="9" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="1"/>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B47" s="9" t="s">
         <v>55</v>
       </c>
       <c r="C47" s="8">
         <v>1985</v>
       </c>
       <c r="D47" s="8" t="s">
         <v>97</v>
       </c>
       <c r="E47" s="9" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B48" s="9" t="s">
         <v>56</v>
       </c>
       <c r="C48" s="8">
         <v>2006</v>
       </c>
       <c r="D48" s="8" t="s">
         <v>93</v>
       </c>
       <c r="E48" s="9" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F48" s="1"/>
       <c r="G48" s="1"/>
       <c r="H48" s="1"/>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B49" s="9" t="s">
         <v>57</v>
       </c>
       <c r="C49" s="8">
         <v>2005</v>
       </c>
       <c r="D49" s="8" t="s">
         <v>97</v>
       </c>
       <c r="E49" s="9" t="s">
         <v>101</v>
       </c>
       <c r="F49" s="1"/>
       <c r="G49" s="1"/>
       <c r="H49" s="1"/>
     </row>
@@ -1818,91 +1815,91 @@
       </c>
       <c r="D55" s="8" t="s">
         <v>97</v>
       </c>
       <c r="E55" s="9" t="s">
         <v>101</v>
       </c>
       <c r="F55" s="1"/>
       <c r="G55" s="1"/>
       <c r="H55" s="1"/>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B56" s="9" t="s">
         <v>64</v>
       </c>
       <c r="C56" s="8">
         <v>1980</v>
       </c>
       <c r="D56" s="8" t="s">
         <v>99</v>
       </c>
       <c r="E56" s="9" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="F56" s="1"/>
       <c r="G56" s="1"/>
       <c r="H56" s="1"/>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B57" s="9" t="s">
         <v>65</v>
       </c>
       <c r="C57" s="8">
         <v>2002</v>
       </c>
       <c r="D57" s="8" t="s">
         <v>95</v>
       </c>
       <c r="E57" s="9" t="s">
         <v>101</v>
       </c>
       <c r="F57" s="1"/>
       <c r="G57" s="1"/>
       <c r="H57" s="1"/>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B58" s="9" t="s">
         <v>66</v>
       </c>
       <c r="C58" s="8">
         <v>1997</v>
       </c>
       <c r="D58" s="8" t="s">
         <v>97</v>
       </c>
       <c r="E58" s="9" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="F58" s="1"/>
       <c r="G58" s="1"/>
       <c r="H58" s="1"/>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B59" s="9" t="s">
         <v>67</v>
       </c>
       <c r="C59" s="8">
         <v>1982</v>
       </c>
       <c r="D59" s="8" t="s">
         <v>97</v>
       </c>
       <c r="E59" s="9" t="s">
         <v>101</v>
       </c>
       <c r="F59" s="1"/>
       <c r="G59" s="1"/>
       <c r="H59" s="1"/>
     </row>
@@ -1958,129 +1955,129 @@
       </c>
       <c r="D62" s="8" t="s">
         <v>97</v>
       </c>
       <c r="E62" s="9" t="s">
         <v>103</v>
       </c>
       <c r="F62" s="1"/>
       <c r="G62" s="1"/>
       <c r="H62" s="1"/>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B63" s="9" t="s">
         <v>71</v>
       </c>
       <c r="C63" s="8">
         <v>2006</v>
       </c>
       <c r="D63" s="8" t="s">
         <v>98</v>
       </c>
       <c r="E63" s="9" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="F63" s="1"/>
       <c r="G63" s="1"/>
       <c r="H63" s="1"/>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B64" s="9" t="s">
         <v>72</v>
       </c>
       <c r="C64" s="8">
         <v>2009</v>
       </c>
       <c r="D64" s="8" t="s">
         <v>97</v>
       </c>
       <c r="E64" s="9" t="s">
         <v>101</v>
       </c>
       <c r="F64" s="1"/>
       <c r="G64" s="1"/>
       <c r="H64" s="1"/>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B65" s="9" t="s">
         <v>73</v>
       </c>
       <c r="C65" s="8">
         <v>1982</v>
       </c>
       <c r="D65" s="8" t="s">
         <v>95</v>
       </c>
       <c r="E65" s="9" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="F65" s="1"/>
       <c r="G65" s="1"/>
       <c r="H65" s="1"/>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B66" s="9" t="s">
         <v>74</v>
       </c>
       <c r="C66" s="8"/>
       <c r="D66" s="8" t="s">
         <v>97</v>
       </c>
       <c r="E66" s="9" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="F66" s="1"/>
       <c r="G66" s="1"/>
       <c r="H66" s="1"/>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B67" s="9" t="s">
         <v>75</v>
       </c>
       <c r="C67" s="8">
         <v>1995</v>
       </c>
       <c r="D67" s="8" t="s">
         <v>99</v>
       </c>
       <c r="E67" s="9" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="F67" s="1"/>
       <c r="G67" s="1"/>
       <c r="H67" s="1"/>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B68" s="9" t="s">
         <v>76</v>
       </c>
       <c r="C68" s="8">
         <v>2011</v>
       </c>
       <c r="D68" s="8" t="s">
         <v>97</v>
       </c>
       <c r="E68" s="9" t="s">
         <v>101</v>
       </c>
       <c r="F68" s="1"/>
       <c r="G68" s="1"/>
       <c r="H68" s="1"/>
     </row>
@@ -2116,51 +2113,51 @@
       </c>
       <c r="D70" s="8" t="s">
         <v>97</v>
       </c>
       <c r="E70" s="9" t="s">
         <v>101</v>
       </c>
       <c r="F70" s="1"/>
       <c r="G70" s="1"/>
       <c r="H70" s="1"/>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B71" s="9" t="s">
         <v>79</v>
       </c>
       <c r="C71" s="8">
         <v>1987</v>
       </c>
       <c r="D71" s="8" t="s">
         <v>99</v>
       </c>
       <c r="E71" s="9" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="F71" s="1"/>
       <c r="G71" s="1"/>
       <c r="H71" s="1"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B72" s="9" t="s">
         <v>80</v>
       </c>
       <c r="C72" s="8">
         <v>1987</v>
       </c>
       <c r="D72" s="8" t="s">
         <v>97</v>
       </c>
       <c r="E72" s="9" t="s">
         <v>101</v>
       </c>
       <c r="F72" s="1"/>
       <c r="G72" s="1"/>
       <c r="H72" s="1"/>
     </row>