--- v0 (2025-10-21)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
   <si>
     <t>Международная Конфедерация Пирамиды</t>
   </si>
   <si>
     <t>XVIII Турнир «Кубок Кремля», Пул 10 (мужчины)</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>13.10.2024, "Дворец бильярдного спорта", Россия, Москва, Волгоградский пр-т,  46/15,  стр.16</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
@@ -209,51 +209,51 @@
   <si>
     <t>Минаев Кирилл</t>
   </si>
   <si>
     <t>Половинко Степан</t>
   </si>
   <si>
     <t>Процышак Сергей</t>
   </si>
   <si>
     <t>Ревенков Александр</t>
   </si>
   <si>
     <t>Садовский Федор</t>
   </si>
   <si>
     <t>Светличный Данила</t>
   </si>
   <si>
     <t>Смирнов Владимир</t>
   </si>
   <si>
     <t>Безруков Вячеслав</t>
   </si>
   <si>
-    <t>Богдан Рафаэль</t>
+    <t>Богдан Рафаэл</t>
   </si>
   <si>
     <t>Ефремов Тимофей</t>
   </si>
   <si>
     <t>Журавлев Александр</t>
   </si>
   <si>
     <t>Здасеня Александр</t>
   </si>
   <si>
     <t>Киеу Зуй</t>
   </si>
   <si>
     <t>Коленников Артем</t>
   </si>
   <si>
     <t>Конский Егор</t>
   </si>
   <si>
     <t>Левин Илья</t>
   </si>
   <si>
     <t>Просс Илья</t>
   </si>
@@ -311,69 +311,66 @@
   <si>
     <t>Янчиленко Тимофей</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>МС</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>МСМК</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
-    <t>1р</t>
+    <t>-</t>
   </si>
   <si>
-    <t>-</t>
+    <t>1р</t>
   </si>
   <si>
     <t>2р</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Россия</t>
   </si>
   <si>
     <t>Беларусь</t>
-  </si>
-[...1 lines deleted...]
-    <t>Бразилия</t>
   </si>
   <si>
     <t>Вьетнам</t>
   </si>
   <si>
     <t>Турция</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
@@ -1523,251 +1520,251 @@
       </c>
       <c r="C41" s="8">
         <v>2004</v>
       </c>
       <c r="D41" s="8" t="s">
         <v>96</v>
       </c>
       <c r="E41" s="9" t="s">
         <v>103</v>
       </c>
       <c r="F41" s="1"/>
       <c r="G41" s="1"/>
       <c r="H41" s="1"/>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B42" s="9" t="s">
         <v>50</v>
       </c>
       <c r="C42" s="8">
         <v>2001</v>
       </c>
       <c r="D42" s="8" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="E42" s="9" t="s">
         <v>103</v>
       </c>
       <c r="F42" s="1"/>
       <c r="G42" s="1"/>
       <c r="H42" s="1"/>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B43" s="9" t="s">
         <v>51</v>
       </c>
       <c r="C43" s="8">
         <v>2010</v>
       </c>
       <c r="D43" s="8" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E43" s="9" t="s">
         <v>104</v>
       </c>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B44" s="9" t="s">
         <v>52</v>
       </c>
       <c r="C44" s="8">
         <v>2001</v>
       </c>
       <c r="D44" s="8" t="s">
         <v>95</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>103</v>
       </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B45" s="9" t="s">
         <v>53</v>
       </c>
       <c r="C45" s="8">
         <v>1989</v>
       </c>
       <c r="D45" s="8" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="E45" s="9" t="s">
         <v>103</v>
       </c>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B46" s="9" t="s">
         <v>54</v>
       </c>
       <c r="C46" s="8">
         <v>1967</v>
       </c>
       <c r="D46" s="8" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="E46" s="9" t="s">
         <v>103</v>
       </c>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="1"/>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B47" s="9" t="s">
         <v>55</v>
       </c>
       <c r="C47" s="8">
         <v>2005</v>
       </c>
       <c r="D47" s="8" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="E47" s="9" t="s">
         <v>103</v>
       </c>
       <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B48" s="9" t="s">
         <v>56</v>
       </c>
       <c r="C48" s="8">
         <v>1987</v>
       </c>
       <c r="D48" s="8" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="E48" s="9" t="s">
         <v>103</v>
       </c>
       <c r="F48" s="1"/>
       <c r="G48" s="1"/>
       <c r="H48" s="1"/>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B49" s="9" t="s">
         <v>57</v>
       </c>
       <c r="C49" s="8">
         <v>2009</v>
       </c>
       <c r="D49" s="8" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="E49" s="9" t="s">
         <v>103</v>
       </c>
       <c r="F49" s="1"/>
       <c r="G49" s="1"/>
       <c r="H49" s="1"/>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B50" s="9" t="s">
         <v>58</v>
       </c>
       <c r="C50" s="8">
         <v>2011</v>
       </c>
       <c r="D50" s="8" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E50" s="9" t="s">
         <v>103</v>
       </c>
       <c r="F50" s="1"/>
       <c r="G50" s="1"/>
       <c r="H50" s="1"/>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B51" s="9" t="s">
         <v>59</v>
       </c>
       <c r="C51" s="8">
         <v>2011</v>
       </c>
       <c r="D51" s="8" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="E51" s="9" t="s">
         <v>103</v>
       </c>
       <c r="F51" s="1"/>
       <c r="G51" s="1"/>
       <c r="H51" s="1"/>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B52" s="9" t="s">
         <v>60</v>
       </c>
       <c r="C52" s="8">
         <v>1999</v>
       </c>
       <c r="D52" s="8" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="E52" s="9" t="s">
         <v>103</v>
       </c>
       <c r="F52" s="1"/>
       <c r="G52" s="1"/>
       <c r="H52" s="1"/>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B53" s="9" t="s">
         <v>61</v>
       </c>
       <c r="C53" s="8">
         <v>2009</v>
       </c>
       <c r="D53" s="8" t="s">
         <v>96</v>
       </c>
       <c r="E53" s="9" t="s">
         <v>103</v>
       </c>
       <c r="F53" s="1"/>
@@ -1803,91 +1800,91 @@
       </c>
       <c r="C55" s="8">
         <v>2006</v>
       </c>
       <c r="D55" s="8" t="s">
         <v>101</v>
       </c>
       <c r="E55" s="9" t="s">
         <v>103</v>
       </c>
       <c r="F55" s="1"/>
       <c r="G55" s="1"/>
       <c r="H55" s="1"/>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B56" s="9" t="s">
         <v>64</v>
       </c>
       <c r="C56" s="8">
         <v>1987</v>
       </c>
       <c r="D56" s="8" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="E56" s="9" t="s">
         <v>103</v>
       </c>
       <c r="F56" s="1"/>
       <c r="G56" s="1"/>
       <c r="H56" s="1"/>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B57" s="9" t="s">
         <v>65</v>
       </c>
       <c r="C57" s="8">
         <v>2008</v>
       </c>
       <c r="D57" s="8" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="E57" s="9" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F57" s="1"/>
       <c r="G57" s="1"/>
       <c r="H57" s="1"/>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B58" s="9" t="s">
         <v>66</v>
       </c>
       <c r="C58" s="8">
         <v>2008</v>
       </c>
       <c r="D58" s="8" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E58" s="9" t="s">
         <v>103</v>
       </c>
       <c r="F58" s="1"/>
       <c r="G58" s="1"/>
       <c r="H58" s="1"/>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B59" s="9" t="s">
         <v>67</v>
       </c>
       <c r="C59" s="8">
         <v>2006</v>
       </c>
       <c r="D59" s="8" t="s">
         <v>96</v>
       </c>
       <c r="E59" s="9" t="s">
         <v>103</v>
       </c>
       <c r="F59" s="1"/>
@@ -1903,54 +1900,54 @@
       </c>
       <c r="C60" s="8">
         <v>2010</v>
       </c>
       <c r="D60" s="8" t="s">
         <v>96</v>
       </c>
       <c r="E60" s="9" t="s">
         <v>104</v>
       </c>
       <c r="F60" s="1"/>
       <c r="G60" s="1"/>
       <c r="H60" s="1"/>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B61" s="9" t="s">
         <v>69</v>
       </c>
       <c r="C61" s="8">
         <v>1997</v>
       </c>
       <c r="D61" s="8" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="E61" s="9" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="F61" s="1"/>
       <c r="G61" s="1"/>
       <c r="H61" s="1"/>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B62" s="9" t="s">
         <v>70</v>
       </c>
       <c r="C62" s="8">
         <v>2007</v>
       </c>
       <c r="D62" s="8" t="s">
         <v>96</v>
       </c>
       <c r="E62" s="9" t="s">
         <v>104</v>
       </c>
       <c r="F62" s="1"/>
       <c r="G62" s="1"/>
       <c r="H62" s="1"/>
     </row>
@@ -1963,231 +1960,231 @@
       </c>
       <c r="C63" s="8">
         <v>2007</v>
       </c>
       <c r="D63" s="8" t="s">
         <v>96</v>
       </c>
       <c r="E63" s="9" t="s">
         <v>103</v>
       </c>
       <c r="F63" s="1"/>
       <c r="G63" s="1"/>
       <c r="H63" s="1"/>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B64" s="9" t="s">
         <v>72</v>
       </c>
       <c r="C64" s="8">
         <v>2005</v>
       </c>
       <c r="D64" s="8" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="E64" s="9" t="s">
         <v>103</v>
       </c>
       <c r="F64" s="1"/>
       <c r="G64" s="1"/>
       <c r="H64" s="1"/>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B65" s="9" t="s">
         <v>73</v>
       </c>
       <c r="C65" s="8">
         <v>2013</v>
       </c>
       <c r="D65" s="8" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="E65" s="9" t="s">
         <v>103</v>
       </c>
       <c r="F65" s="1"/>
       <c r="G65" s="1"/>
       <c r="H65" s="1"/>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B66" s="9" t="s">
         <v>74</v>
       </c>
       <c r="C66" s="8">
         <v>1998</v>
       </c>
       <c r="D66" s="8" t="s">
         <v>95</v>
       </c>
       <c r="E66" s="9" t="s">
         <v>103</v>
       </c>
       <c r="F66" s="1"/>
       <c r="G66" s="1"/>
       <c r="H66" s="1"/>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B67" s="9" t="s">
         <v>75</v>
       </c>
       <c r="C67" s="8">
         <v>2009</v>
       </c>
       <c r="D67" s="8" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E67" s="9" t="s">
         <v>103</v>
       </c>
       <c r="F67" s="1"/>
       <c r="G67" s="1"/>
       <c r="H67" s="1"/>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B68" s="9" t="s">
         <v>76</v>
       </c>
       <c r="C68" s="8">
         <v>1991</v>
       </c>
       <c r="D68" s="8" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E68" s="9" t="s">
         <v>103</v>
       </c>
       <c r="F68" s="1"/>
       <c r="G68" s="1"/>
       <c r="H68" s="1"/>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B69" s="9" t="s">
         <v>77</v>
       </c>
       <c r="C69" s="8">
         <v>1974</v>
       </c>
       <c r="D69" s="8" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="E69" s="9" t="s">
         <v>103</v>
       </c>
       <c r="F69" s="1"/>
       <c r="G69" s="1"/>
       <c r="H69" s="1"/>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B70" s="9" t="s">
         <v>78</v>
       </c>
       <c r="C70" s="8">
         <v>1987</v>
       </c>
       <c r="D70" s="8" t="s">
         <v>101</v>
       </c>
       <c r="E70" s="9" t="s">
         <v>103</v>
       </c>
       <c r="F70" s="1"/>
       <c r="G70" s="1"/>
       <c r="H70" s="1"/>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B71" s="9" t="s">
         <v>79</v>
       </c>
       <c r="C71" s="8">
         <v>2011</v>
       </c>
       <c r="D71" s="8" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E71" s="9" t="s">
         <v>103</v>
       </c>
       <c r="F71" s="1"/>
       <c r="G71" s="1"/>
       <c r="H71" s="1"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B72" s="9" t="s">
         <v>80</v>
       </c>
       <c r="C72" s="8">
         <v>1978</v>
       </c>
       <c r="D72" s="8" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="E72" s="9" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="F72" s="1"/>
       <c r="G72" s="1"/>
       <c r="H72" s="1"/>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B73" s="9" t="s">
         <v>81</v>
       </c>
       <c r="C73" s="8">
         <v>2010</v>
       </c>
       <c r="D73" s="8" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E73" s="9" t="s">
         <v>103</v>
       </c>
       <c r="F73" s="1"/>
       <c r="G73" s="1"/>
       <c r="H73" s="1"/>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B74" s="9" t="s">
         <v>82</v>
       </c>
       <c r="C74" s="8">
         <v>2011</v>
       </c>
       <c r="D74" s="8" t="s">
         <v>96</v>
       </c>
       <c r="E74" s="9" t="s">
         <v>104</v>
       </c>
       <c r="F74" s="1"/>
@@ -2223,129 +2220,129 @@
       </c>
       <c r="C76" s="8">
         <v>2013</v>
       </c>
       <c r="D76" s="8" t="s">
         <v>101</v>
       </c>
       <c r="E76" s="9" t="s">
         <v>103</v>
       </c>
       <c r="F76" s="1"/>
       <c r="G76" s="1"/>
       <c r="H76" s="1"/>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B77" s="9" t="s">
         <v>85</v>
       </c>
       <c r="C77" s="8">
         <v>1982</v>
       </c>
       <c r="D77" s="8" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="E77" s="9" t="s">
         <v>103</v>
       </c>
       <c r="F77" s="1"/>
       <c r="G77" s="1"/>
       <c r="H77" s="1"/>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B78" s="9" t="s">
         <v>86</v>
       </c>
       <c r="C78" s="8"/>
       <c r="D78" s="8" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="E78" s="9" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="F78" s="1"/>
       <c r="G78" s="1"/>
       <c r="H78" s="1"/>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B79" s="9" t="s">
         <v>87</v>
       </c>
       <c r="C79" s="8">
         <v>2008</v>
       </c>
       <c r="D79" s="8" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="E79" s="9" t="s">
         <v>104</v>
       </c>
       <c r="F79" s="1"/>
       <c r="G79" s="1"/>
       <c r="H79" s="1"/>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B80" s="9" t="s">
         <v>88</v>
       </c>
       <c r="C80" s="8">
         <v>2002</v>
       </c>
       <c r="D80" s="8" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="E80" s="9" t="s">
         <v>104</v>
       </c>
       <c r="F80" s="1"/>
       <c r="G80" s="1"/>
       <c r="H80" s="1"/>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B81" s="9" t="s">
         <v>89</v>
       </c>
       <c r="C81" s="8">
         <v>1971</v>
       </c>
       <c r="D81" s="8" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="E81" s="9" t="s">
         <v>103</v>
       </c>
       <c r="F81" s="1"/>
       <c r="G81" s="1"/>
       <c r="H81" s="1"/>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B82" s="9" t="s">
         <v>90</v>
       </c>
       <c r="C82" s="8">
         <v>1995</v>
       </c>
       <c r="D82" s="8" t="s">
         <v>96</v>
       </c>
       <c r="E82" s="9" t="s">
         <v>103</v>
       </c>
       <c r="F82" s="1"/>